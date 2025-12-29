--- v0 (2025-11-11)
+++ v1 (2025-12-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -192,50 +192,62 @@
     <t>Architektura komputerów (W)</t>
   </si>
   <si>
     <t>dr hab. inż. Andrzej Pieczyński, prof. UZ</t>
   </si>
   <si>
     <t>Podstawy informatyki I (Ć)</t>
   </si>
   <si>
     <t>prof. dr hab. inż. Andrzej Obuchowicz</t>
   </si>
   <si>
     <t>H044 A-10</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>dr inż. Marcin Wojnakowski</t>
   </si>
   <si>
     <t>Technika cyfrowa I (Ć)</t>
   </si>
   <si>
     <t>dr hab. inż. Piotr Borowiecki, prof. UZ</t>
+  </si>
+  <si>
+    <t>A,B</t>
+  </si>
+  <si>
+    <t>Analiza matematyczna i numeryczna (R)</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>315 A-2</t>
   </si>
   <si>
     <t>Algebra liniowa z geometrią analityczną (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Analiza matematyczna i numeryczna (E)</t>
   </si>
   <si>
     <t>Techniki programowania I (E)</t>
   </si>
   <si>
     <t>dr inż. Andrzej Popławski; dr inż. Piotr Witczak</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
@@ -558,61 +570,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J277"/>
+  <dimension ref="A1:J278"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E277" sqref="E277"/>
+      <selection activeCell="E278" sqref="E278"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -6569,57 +6581,57 @@
       </c>
       <c r="G218" t="s">
         <v>17</v>
       </c>
       <c r="H218" t="s">
         <v>57</v>
       </c>
       <c r="I218" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="1">
         <v>46034.0</v>
       </c>
       <c r="B219" t="s">
         <v>39</v>
       </c>
       <c r="D219" s="2">
         <v>0.3125</v>
       </c>
       <c r="E219" s="2">
         <v>0.375</v>
       </c>
       <c r="F219" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G219" t="s">
         <v>11</v>
       </c>
       <c r="H219" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="I219" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="1">
         <v>46034.0</v>
       </c>
       <c r="B220" t="s">
         <v>39</v>
       </c>
       <c r="C220" t="s">
         <v>15</v>
       </c>
       <c r="D220" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E220" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F220" t="s">
         <v>22</v>
       </c>
       <c r="G220" t="s">
@@ -6679,57 +6691,57 @@
       </c>
       <c r="G222" t="s">
         <v>11</v>
       </c>
       <c r="H222" t="s">
         <v>42</v>
       </c>
       <c r="I222" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="1">
         <v>46035.0</v>
       </c>
       <c r="B223" t="s">
         <v>43</v>
       </c>
       <c r="D223" s="2">
         <v>0.3125</v>
       </c>
       <c r="E223" s="2">
         <v>0.375</v>
       </c>
       <c r="F223" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G223" t="s">
         <v>11</v>
       </c>
       <c r="H223" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I223" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="1">
         <v>46035.0</v>
       </c>
       <c r="B224" t="s">
         <v>43</v>
       </c>
       <c r="D224" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E224" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F224" t="s">
         <v>46</v>
       </c>
       <c r="G224" t="s">
         <v>31</v>
       </c>
       <c r="H224" t="s">
@@ -7894,311 +7906,340 @@
       </c>
       <c r="C267" t="s">
         <v>15</v>
       </c>
       <c r="D267" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E267" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="F267" t="s">
         <v>36</v>
       </c>
       <c r="G267" t="s">
         <v>17</v>
       </c>
       <c r="H267" t="s">
         <v>37</v>
       </c>
       <c r="I267" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="1">
-        <v>46055.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B268" t="s">
-        <v>39</v>
+        <v>56</v>
+      </c>
+      <c r="C268" t="s">
+        <v>60</v>
       </c>
       <c r="D268" s="2">
-        <v>0.3125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E268" s="2">
-        <v>0.375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F268" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="G268" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="H268" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="I268" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="1">
         <v>46055.0</v>
       </c>
       <c r="B269" t="s">
         <v>39</v>
       </c>
-      <c r="C269" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D269" s="2">
-        <v>0.38541666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E269" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F269" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G269" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H269" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="I269" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="1">
         <v>46055.0</v>
       </c>
       <c r="B270" t="s">
         <v>39</v>
       </c>
       <c r="C270" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D270" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E270" s="2">
-        <v>0.45138888888889</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F270" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G270" t="s">
         <v>17</v>
       </c>
       <c r="H270" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="I270" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="1">
         <v>46055.0</v>
       </c>
       <c r="B271" t="s">
         <v>39</v>
       </c>
+      <c r="C271" t="s">
+        <v>20</v>
+      </c>
       <c r="D271" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E271" s="2">
-        <v>0.52083333333333</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F271" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="G271" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H271" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="I271" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="1">
-        <v>46056.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B272" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D272" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E272" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F272" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="G272" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="H272" t="s">
         <v>42</v>
       </c>
       <c r="I272" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" s="1">
-        <v>46058.0</v>
+        <v>46056.0</v>
       </c>
       <c r="B273" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="D273" s="2">
-        <v>0.375</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E273" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F273" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="G273" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="H273" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I273" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" s="1">
-        <v>46062.0</v>
+        <v>46058.0</v>
       </c>
       <c r="B274" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="D274" s="2">
-        <v>0.45833333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E274" s="2">
-        <v>0.53125</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F274" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G274" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="H274" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="I274" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" s="1">
-        <v>46072.0</v>
+        <v>46062.0</v>
       </c>
       <c r="B275" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D275" s="2">
-        <v>0.375</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E275" s="2">
-        <v>0.44791666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="F275" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="G275" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="H275" t="s">
-        <v>29</v>
+        <v>68</v>
       </c>
       <c r="I275" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" s="1">
-        <v>46079.0</v>
+        <v>46072.0</v>
       </c>
       <c r="B276" t="s">
         <v>26</v>
       </c>
       <c r="D276" s="2">
-        <v>0.38541666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E276" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F276" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G276" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="H276" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I276" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B277" t="s">
+        <v>26</v>
+      </c>
+      <c r="D277" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E277" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F277" t="s">
+        <v>64</v>
+      </c>
+      <c r="G277" t="s">
+        <v>65</v>
+      </c>
+      <c r="H277" t="s">
+        <v>42</v>
+      </c>
+      <c r="I277" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="278" spans="1:10">
+      <c r="A278" s="1">
         <v>46080.0</v>
       </c>
-      <c r="B277" t="s">
+      <c r="B278" t="s">
         <v>56</v>
       </c>
-      <c r="D277" s="2">
+      <c r="D278" s="2">
         <v>0.45833333333333</v>
       </c>
-      <c r="E277" s="2">
+      <c r="E278" s="2">
         <v>0.53125</v>
       </c>
-      <c r="F277" t="s">
-[...8 lines deleted...]
-      <c r="I277" t="s">
+      <c r="F278" t="s">
+        <v>67</v>
+      </c>
+      <c r="G278" t="s">
+        <v>65</v>
+      </c>
+      <c r="H278" t="s">
+        <v>68</v>
+      </c>
+      <c r="I278" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>