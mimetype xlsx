--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -194,75 +194,93 @@
   <si>
     <t>dr hab. inż. Andrzej Pieczyński, prof. UZ</t>
   </si>
   <si>
     <t>Podstawy informatyki I (Ć)</t>
   </si>
   <si>
     <t>prof. dr hab. inż. Andrzej Obuchowicz</t>
   </si>
   <si>
     <t>H044 A-10</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>dr inż. Marcin Wojnakowski</t>
   </si>
   <si>
     <t>Technika cyfrowa I (Ć)</t>
   </si>
   <si>
     <t>dr hab. inż. Piotr Borowiecki, prof. UZ</t>
   </si>
   <si>
-    <t>A,B</t>
+    <t>mgr inż. Mateusz Popławski</t>
   </si>
   <si>
-    <t>Analiza matematyczna i numeryczna (R)</t>
+    <t>319/320 A-2</t>
+  </si>
+  <si>
+    <t>207 A-29</t>
+  </si>
+  <si>
+    <t>302 A-2</t>
+  </si>
+  <si>
+    <t>Architektura komputerów (R)</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>315 A-2</t>
+  </si>
+  <si>
+    <t>A,B</t>
+  </si>
+  <si>
+    <t>Analiza matematyczna i numeryczna (R)</t>
   </si>
   <si>
     <t>Algebra liniowa z geometrią analityczną (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Analiza matematyczna i numeryczna (E)</t>
   </si>
   <si>
     <t>Techniki programowania I (E)</t>
   </si>
   <si>
     <t>dr inż. Andrzej Popławski; dr inż. Piotr Witczak</t>
+  </si>
+  <si>
+    <t>Podstawy informatyki I (R)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -570,67 +588,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J278"/>
+  <dimension ref="A1:J280"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E278" sqref="E278"/>
+      <selection activeCell="E280" sqref="E280"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -6254,578 +6272,581 @@
       </c>
       <c r="E206" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F206" t="s">
         <v>27</v>
       </c>
       <c r="G206" t="s">
         <v>28</v>
       </c>
       <c r="H206" t="s">
         <v>29</v>
       </c>
       <c r="I206" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="1">
         <v>46009.0</v>
       </c>
       <c r="B207" t="s">
         <v>26</v>
       </c>
       <c r="D207" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E207" s="2">
-        <v>0.52083333333333</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="F207" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="G207" t="s">
         <v>31</v>
       </c>
       <c r="H207" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="I207" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="1">
         <v>46009.0</v>
       </c>
       <c r="B208" t="s">
         <v>26</v>
       </c>
+      <c r="C208" t="s">
+        <v>15</v>
+      </c>
       <c r="D208" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E208" s="2">
-        <v>0.67013888888889</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="F208" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="G208" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="H208" t="s">
         <v>57</v>
       </c>
       <c r="I208" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="1">
-        <v>46009.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B209" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D209" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E209" s="2">
-        <v>0.74305555555556</v>
+        <v>0.375</v>
       </c>
       <c r="F209" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G209" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H209" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="I209" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
         <v>46029.0</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="D210" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E210" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F210" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G210" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H210" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I210" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="1">
         <v>46029.0</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
+      <c r="C211" t="s">
+        <v>15</v>
+      </c>
       <c r="D211" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E211" s="2">
-        <v>0.44791666666667</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F211" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G211" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="H211" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="I211" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
         <v>46029.0</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
-      <c r="C212" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D212" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E212" s="2">
-        <v>0.51736111111111</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F212" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G212" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H212" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="I212" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="1">
         <v>46029.0</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="D213" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E213" s="2">
-        <v>0.59722222222222</v>
+        <v>0.66319444444444</v>
       </c>
       <c r="F213" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G213" t="s">
         <v>11</v>
       </c>
       <c r="H213" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="I213" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="1">
-        <v>46029.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B214" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D214" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E214" s="2">
-        <v>0.66319444444444</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F214" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="G214" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="H214" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="I214" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="1">
         <v>46030.0</v>
       </c>
       <c r="B215" t="s">
         <v>26</v>
       </c>
       <c r="D215" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E215" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F215" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G215" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H215" t="s">
         <v>29</v>
       </c>
       <c r="I215" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="1">
         <v>46030.0</v>
       </c>
       <c r="B216" t="s">
         <v>26</v>
       </c>
       <c r="D216" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E216" s="2">
-        <v>0.52083333333333</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="F216" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="G216" t="s">
         <v>31</v>
       </c>
       <c r="H216" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="I216" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="1">
         <v>46030.0</v>
       </c>
       <c r="B217" t="s">
         <v>26</v>
       </c>
+      <c r="C217" t="s">
+        <v>15</v>
+      </c>
       <c r="D217" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E217" s="2">
-        <v>0.67013888888889</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="F217" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="G217" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="H217" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="I217" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="1">
-        <v>46030.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B218" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="D218" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E218" s="2">
-        <v>0.74305555555556</v>
+        <v>0.375</v>
       </c>
       <c r="F218" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G218" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H218" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="I218" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="1">
         <v>46034.0</v>
       </c>
       <c r="B219" t="s">
         <v>39</v>
       </c>
+      <c r="C219" t="s">
+        <v>15</v>
+      </c>
       <c r="D219" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E219" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F219" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G219" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H219" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I219" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="1">
         <v>46034.0</v>
       </c>
       <c r="B220" t="s">
         <v>39</v>
       </c>
       <c r="C220" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D220" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E220" s="2">
-        <v>0.44791666666667</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F220" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G220" t="s">
         <v>17</v>
       </c>
       <c r="H220" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="I220" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="1">
         <v>46034.0</v>
       </c>
       <c r="B221" t="s">
         <v>39</v>
       </c>
-      <c r="C221" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D221" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E221" s="2">
-        <v>0.45138888888889</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F221" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G221" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H221" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="I221" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B222" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D222" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E222" s="2">
-        <v>0.52083333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F222" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G222" t="s">
         <v>11</v>
       </c>
       <c r="H222" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="I222" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="1">
         <v>46035.0</v>
       </c>
       <c r="B223" t="s">
         <v>43</v>
       </c>
       <c r="D223" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E223" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F223" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G223" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H223" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="I223" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="1">
         <v>46035.0</v>
       </c>
       <c r="B224" t="s">
         <v>43</v>
       </c>
       <c r="D224" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E224" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F224" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G224" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="H224" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="I224" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" s="1">
         <v>46035.0</v>
       </c>
       <c r="B225" t="s">
         <v>43</v>
       </c>
+      <c r="C225" t="s">
+        <v>20</v>
+      </c>
       <c r="D225" s="2">
-        <v>0.53125</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E225" s="2">
-        <v>0.59722222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F225" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G225" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H225" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="I225" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B226" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>20</v>
       </c>
       <c r="D226" s="2">
-        <v>0.60069444444444</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E226" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F226" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G226" t="s">
         <v>17</v>
       </c>
       <c r="H226" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I226" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="1">
         <v>46036.0</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="D227" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E227" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F227" t="s">
         <v>53</v>
       </c>
       <c r="G227" t="s">
         <v>31</v>
       </c>
       <c r="H227" t="s">
         <v>18</v>
       </c>
       <c r="I227" t="s">
@@ -7006,402 +7027,399 @@
       </c>
       <c r="C234" t="s">
         <v>15</v>
       </c>
       <c r="D234" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E234" s="2">
         <v>0.74305555555556</v>
       </c>
       <c r="F234" t="s">
         <v>36</v>
       </c>
       <c r="G234" t="s">
         <v>17</v>
       </c>
       <c r="H234" t="s">
         <v>57</v>
       </c>
       <c r="I234" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" s="1">
-        <v>46041.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B235" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="D235" s="2">
         <v>0.3125</v>
       </c>
       <c r="E235" s="2">
         <v>0.375</v>
       </c>
       <c r="F235" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="G235" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H235" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="I235" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="1">
-        <v>46041.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B236" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="C236" t="s">
         <v>15</v>
       </c>
       <c r="D236" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E236" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F236" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G236" t="s">
         <v>17</v>
       </c>
       <c r="H236" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="I236" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" s="1">
         <v>46041.0</v>
       </c>
       <c r="B237" t="s">
         <v>39</v>
       </c>
-      <c r="C237" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D237" s="2">
-        <v>0.38541666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E237" s="2">
-        <v>0.45138888888889</v>
+        <v>0.375</v>
       </c>
       <c r="F237" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G237" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H237" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="I237" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="1">
         <v>46041.0</v>
       </c>
       <c r="B238" t="s">
         <v>39</v>
       </c>
+      <c r="C238" t="s">
+        <v>15</v>
+      </c>
       <c r="D238" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E238" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F238" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G238" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H238" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="I238" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B239" t="s">
-        <v>43</v>
+        <v>39</v>
+      </c>
+      <c r="C239" t="s">
+        <v>20</v>
       </c>
       <c r="D239" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E239" s="2">
-        <v>0.375</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F239" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="G239" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H239" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="I239" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B240" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D240" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E240" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F240" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="G240" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="H240" t="s">
         <v>42</v>
       </c>
       <c r="I240" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" s="1">
         <v>46042.0</v>
       </c>
       <c r="B241" t="s">
         <v>43</v>
       </c>
-      <c r="C241" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D241" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E241" s="2">
-        <v>0.51736111111111</v>
+        <v>0.375</v>
       </c>
       <c r="F241" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G241" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H241" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="I241" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" s="1">
         <v>46042.0</v>
       </c>
       <c r="B242" t="s">
         <v>43</v>
       </c>
       <c r="D242" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E242" s="2">
-        <v>0.59722222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F242" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G242" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H242" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="I242" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="1">
         <v>46042.0</v>
       </c>
       <c r="B243" t="s">
         <v>43</v>
       </c>
+      <c r="C243" t="s">
+        <v>15</v>
+      </c>
       <c r="D243" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E243" s="2">
-        <v>0.66319444444444</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F243" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="G243" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H243" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="I243" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B244" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="D244" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E244" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F244" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="G244" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="H244" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="I244" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B245" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="D245" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E245" s="2">
-        <v>0.59375</v>
+        <v>0.66319444444444</v>
       </c>
       <c r="F245" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="G245" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H245" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="I245" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" s="1">
         <v>46043.0</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
-      <c r="C246" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D246" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E246" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F246" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="G246" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="H246" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I246" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="1">
         <v>46043.0</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
         <v>20</v>
       </c>
       <c r="D247" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E247" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F247" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G247" t="s">
         <v>17</v>
       </c>
       <c r="H247" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="I247" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" s="1">
         <v>46044.0</v>
       </c>
       <c r="B248" t="s">
         <v>26</v>
       </c>
       <c r="D248" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E248" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F248" t="s">
         <v>27</v>
       </c>
       <c r="G248" t="s">
         <v>28</v>
       </c>
       <c r="H248" t="s">
         <v>29</v>
       </c>
       <c r="I248" t="s">
@@ -7474,772 +7492,824 @@
         <v>0.67708333333333</v>
       </c>
       <c r="E251" s="2">
         <v>0.74305555555556</v>
       </c>
       <c r="F251" t="s">
         <v>36</v>
       </c>
       <c r="G251" t="s">
         <v>17</v>
       </c>
       <c r="H251" t="s">
         <v>57</v>
       </c>
       <c r="I251" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" s="1">
         <v>46048.0</v>
       </c>
       <c r="B252" t="s">
         <v>39</v>
       </c>
+      <c r="C252" t="s">
+        <v>15</v>
+      </c>
       <c r="D252" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E252" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F252" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="G252" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H252" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="I252" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" s="1">
         <v>46048.0</v>
       </c>
       <c r="B253" t="s">
         <v>39</v>
       </c>
-      <c r="C253" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D253" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E253" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F253" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G253" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H253" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="I253" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" s="1">
-        <v>46048.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B254" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D254" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E254" s="2">
-        <v>0.52083333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F254" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G254" t="s">
         <v>11</v>
       </c>
       <c r="H254" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="I254" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" s="1">
         <v>46049.0</v>
       </c>
       <c r="B255" t="s">
         <v>43</v>
       </c>
       <c r="D255" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E255" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F255" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G255" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H255" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I255" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="1">
         <v>46049.0</v>
       </c>
       <c r="B256" t="s">
         <v>43</v>
       </c>
+      <c r="C256" t="s">
+        <v>15</v>
+      </c>
       <c r="D256" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E256" s="2">
-        <v>0.44791666666667</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F256" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G256" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="H256" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="I256" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" s="1">
         <v>46049.0</v>
       </c>
       <c r="B257" t="s">
         <v>43</v>
       </c>
-      <c r="C257" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D257" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E257" s="2">
-        <v>0.51736111111111</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F257" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G257" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H257" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="I257" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" s="1">
         <v>46049.0</v>
       </c>
       <c r="B258" t="s">
         <v>43</v>
       </c>
       <c r="D258" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E258" s="2">
-        <v>0.59027777777778</v>
+        <v>0.66319444444444</v>
       </c>
       <c r="F258" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G258" t="s">
         <v>11</v>
       </c>
       <c r="H258" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="I258" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B259" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="D259" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E259" s="2">
-        <v>0.66319444444444</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F259" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="G259" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H259" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="I259" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" s="1">
         <v>46050.0</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
+      <c r="C260" t="s">
+        <v>20</v>
+      </c>
       <c r="D260" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E260" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F260" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="G260" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="H260" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I260" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="1">
         <v>46050.0</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D261" s="2">
         <v>0.53125</v>
       </c>
       <c r="E261" s="2">
         <v>0.59375</v>
       </c>
       <c r="F261" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G261" t="s">
         <v>17</v>
       </c>
       <c r="H261" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="I261" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="1">
         <v>46050.0</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D262" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E262" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F262" t="s">
         <v>16</v>
       </c>
       <c r="G262" t="s">
         <v>17</v>
       </c>
       <c r="H262" t="s">
         <v>25</v>
       </c>
       <c r="I262" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B263" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D263" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E263" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F263" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="G263" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="H263" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I263" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="1">
         <v>46051.0</v>
       </c>
       <c r="B264" t="s">
         <v>26</v>
       </c>
       <c r="D264" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E264" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F264" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G264" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H264" t="s">
         <v>29</v>
       </c>
       <c r="I264" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="1">
         <v>46051.0</v>
       </c>
       <c r="B265" t="s">
         <v>26</v>
       </c>
+      <c r="C265" t="s">
+        <v>20</v>
+      </c>
       <c r="D265" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E265" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66319444444444</v>
       </c>
       <c r="F265" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G265" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="H265" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I265" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="1">
         <v>46051.0</v>
       </c>
       <c r="B266" t="s">
         <v>26</v>
       </c>
       <c r="C266" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D266" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E266" s="2">
-        <v>0.66319444444444</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="F266" t="s">
         <v>36</v>
       </c>
       <c r="G266" t="s">
         <v>17</v>
       </c>
       <c r="H266" t="s">
         <v>37</v>
       </c>
       <c r="I266" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="1">
-        <v>46051.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B267" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="D267" s="2">
-        <v>0.67708333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E267" s="2">
-        <v>0.73611111111111</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F267" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G267" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H267" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="I267" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="1">
         <v>46052.0</v>
       </c>
       <c r="B268" t="s">
         <v>56</v>
       </c>
-      <c r="C268" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D268" s="2">
-        <v>0.60416666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E268" s="2">
-        <v>0.66666666666667</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="F268" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G268" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="H268" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I268" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="1">
-        <v>46055.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B269" t="s">
-        <v>39</v>
+        <v>56</v>
+      </c>
+      <c r="C269" t="s">
+        <v>67</v>
       </c>
       <c r="D269" s="2">
-        <v>0.3125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E269" s="2">
-        <v>0.375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F269" t="s">
-        <v>40</v>
+        <v>68</v>
       </c>
       <c r="G269" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="H269" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="I269" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="1">
         <v>46055.0</v>
       </c>
       <c r="B270" t="s">
         <v>39</v>
       </c>
-      <c r="C270" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D270" s="2">
-        <v>0.38541666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E270" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F270" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G270" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H270" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="I270" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="1">
         <v>46055.0</v>
       </c>
       <c r="B271" t="s">
         <v>39</v>
       </c>
       <c r="C271" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D271" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E271" s="2">
-        <v>0.45138888888889</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F271" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G271" t="s">
         <v>17</v>
       </c>
       <c r="H271" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="I271" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="1">
         <v>46055.0</v>
       </c>
       <c r="B272" t="s">
         <v>39</v>
       </c>
+      <c r="C272" t="s">
+        <v>20</v>
+      </c>
       <c r="D272" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E272" s="2">
-        <v>0.52083333333333</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F272" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="G272" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H272" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="I272" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" s="1">
-        <v>46056.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B273" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D273" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E273" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F273" t="s">
-        <v>64</v>
+        <v>41</v>
       </c>
       <c r="G273" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="H273" t="s">
         <v>42</v>
       </c>
       <c r="I273" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" s="1">
-        <v>46058.0</v>
+        <v>46056.0</v>
       </c>
       <c r="B274" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="D274" s="2">
-        <v>0.375</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E274" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F274" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="G274" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="H274" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="I274" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" s="1">
-        <v>46062.0</v>
+        <v>46058.0</v>
       </c>
       <c r="B275" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="D275" s="2">
-        <v>0.45833333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E275" s="2">
-        <v>0.53125</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F275" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="G275" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="H275" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="I275" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" s="1">
-        <v>46072.0</v>
+        <v>46062.0</v>
       </c>
       <c r="B276" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D276" s="2">
-        <v>0.375</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E276" s="2">
-        <v>0.44791666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="F276" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="G276" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="H276" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="I276" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" s="1">
-        <v>46079.0</v>
+        <v>46065.0</v>
       </c>
       <c r="B277" t="s">
         <v>26</v>
       </c>
       <c r="D277" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E277" s="2">
-        <v>0.52083333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F277" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="G277" t="s">
         <v>65</v>
       </c>
       <c r="H277" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="I277" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" s="1">
+        <v>46072.0</v>
+      </c>
+      <c r="B278" t="s">
+        <v>26</v>
+      </c>
+      <c r="D278" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E278" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F278" t="s">
+        <v>71</v>
+      </c>
+      <c r="G278" t="s">
+        <v>70</v>
+      </c>
+      <c r="H278" t="s">
+        <v>29</v>
+      </c>
+      <c r="I278" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="279" spans="1:10">
+      <c r="A279" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B279" t="s">
+        <v>26</v>
+      </c>
+      <c r="D279" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E279" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F279" t="s">
+        <v>69</v>
+      </c>
+      <c r="G279" t="s">
+        <v>70</v>
+      </c>
+      <c r="H279" t="s">
+        <v>42</v>
+      </c>
+      <c r="I279" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="280" spans="1:10">
+      <c r="A280" s="1">
         <v>46080.0</v>
       </c>
-      <c r="B278" t="s">
+      <c r="B280" t="s">
         <v>56</v>
       </c>
-      <c r="D278" s="2">
+      <c r="D280" s="2">
         <v>0.45833333333333</v>
       </c>
-      <c r="E278" s="2">
+      <c r="E280" s="2">
         <v>0.53125</v>
       </c>
-      <c r="F278" t="s">
-[...8 lines deleted...]
-      <c r="I278" t="s">
+      <c r="F280" t="s">
+        <v>72</v>
+      </c>
+      <c r="G280" t="s">
+        <v>70</v>
+      </c>
+      <c r="H280" t="s">
+        <v>73</v>
+      </c>
+      <c r="I280" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>