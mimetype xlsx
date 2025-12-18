--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -173,51 +173,51 @@
   <si>
     <t>dr hab. inż. Jacek Kaniewski, prof. UZ</t>
   </si>
   <si>
     <t>dr inż. Leszek Furmankiewicz</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Komunikacja interpersonalna (Ć)</t>
   </si>
   <si>
     <t>dr inż. Anna Pławiak-Mowna, prof. UZ</t>
   </si>
   <si>
     <t>Przetworniki pomiarowe (L)</t>
   </si>
   <si>
     <t>518 A-2</t>
   </si>
   <si>
     <t>508 A-2</t>
   </si>
   <si>
-    <t>409 A-2</t>
+    <t>412 A-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -3878,424 +3878,424 @@
       </c>
       <c r="B128" t="s">
         <v>47</v>
       </c>
       <c r="D128" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E128" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="F128" t="s">
         <v>50</v>
       </c>
       <c r="G128" t="s">
         <v>15</v>
       </c>
       <c r="H128" t="s">
         <v>46</v>
       </c>
       <c r="I128" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B129" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="D129" s="2">
-        <v>0.5625</v>
+        <v>0.34375</v>
       </c>
       <c r="E129" s="2">
-        <v>0.59375</v>
+        <v>0.375</v>
       </c>
       <c r="F129" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="G129" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H129" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="I129" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>45994.0</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="D130" s="2">
-        <v>0.34375</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E130" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F130" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G130" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H130" t="s">
         <v>12</v>
       </c>
       <c r="I130" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>45994.0</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="D131" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E131" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F131" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G131" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="H131" t="s">
         <v>12</v>
       </c>
       <c r="I131" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>45994.0</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="D132" s="2">
-        <v>0.45833333333333</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="E132" s="2">
-        <v>0.52083333333333</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="F132" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G132" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H132" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="I132" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
-        <v>45994.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B133" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="D133" s="2">
-        <v>0.54513888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E133" s="2">
-        <v>0.60763888888889</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F133" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="G133" t="s">
         <v>11</v>
       </c>
       <c r="H133" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="I133" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
         <v>45995.0</v>
       </c>
       <c r="B134" t="s">
         <v>23</v>
       </c>
       <c r="D134" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E134" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F134" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G134" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H134" t="s">
         <v>25</v>
       </c>
       <c r="I134" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
-        <v>45995.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B135" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="D135" s="2">
-        <v>0.53125</v>
+        <v>0.34375</v>
       </c>
       <c r="E135" s="2">
-        <v>0.59375</v>
+        <v>0.375</v>
       </c>
       <c r="F135" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G135" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="H135" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="I135" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>45996.0</v>
       </c>
       <c r="B136" t="s">
         <v>31</v>
       </c>
       <c r="D136" s="2">
-        <v>0.34375</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E136" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F136" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G136" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H136" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="I136" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>45996.0</v>
       </c>
       <c r="B137" t="s">
         <v>31</v>
       </c>
       <c r="D137" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E137" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F137" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G137" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H137" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="I137" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>45996.0</v>
       </c>
       <c r="B138" t="s">
         <v>31</v>
       </c>
       <c r="D138" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E138" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F138" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="G138" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="H138" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I138" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
-        <v>45996.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B139" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="D139" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E139" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F139" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="G139" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H139" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I139" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
         <v>45999.0</v>
       </c>
       <c r="B140" t="s">
         <v>38</v>
       </c>
       <c r="D140" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E140" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F140" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G140" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H140" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="I140" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
-        <v>45999.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B141" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="D141" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E141" s="2">
-        <v>0.59375</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="F141" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G141" t="s">
         <v>15</v>
       </c>
       <c r="H141" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="I141" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>46000.0</v>
       </c>
       <c r="B142" t="s">
         <v>47</v>
       </c>
       <c r="D142" s="2">
-        <v>0.45833333333333</v>
+        <v>0.5625</v>
       </c>
       <c r="E142" s="2">
-        <v>0.55208333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F142" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="G142" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H142" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="I142" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
         <v>46000.0</v>
       </c>
       <c r="B143" t="s">
         <v>47</v>
       </c>
       <c r="D143" s="2">
-        <v>0.5625</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E143" s="2">
-        <v>0.59375</v>
+        <v>0.62847222222222</v>
       </c>
       <c r="F143" t="s">
         <v>48</v>
       </c>
       <c r="G143" t="s">
         <v>30</v>
       </c>
       <c r="H143" t="s">
         <v>49</v>
       </c>
       <c r="I143" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="1">
         <v>46001.0</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="D144" s="2">
         <v>0.34375</v>
       </c>
       <c r="E144" s="2">