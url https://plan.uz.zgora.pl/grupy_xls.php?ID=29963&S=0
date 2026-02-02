--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -174,50 +174,68 @@
     <t>dr hab. inż. Jacek Kaniewski, prof. UZ</t>
   </si>
   <si>
     <t>dr inż. Leszek Furmankiewicz</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Komunikacja interpersonalna (Ć)</t>
   </si>
   <si>
     <t>dr inż. Anna Pławiak-Mowna, prof. UZ</t>
   </si>
   <si>
     <t>Przetworniki pomiarowe (L)</t>
   </si>
   <si>
     <t>518 A-2</t>
   </si>
   <si>
     <t>508 A-2</t>
   </si>
   <si>
     <t>412 A-2</t>
+  </si>
+  <si>
+    <t>Przetworniki pomiarowe (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>So</t>
+  </si>
+  <si>
+    <t>Modelowanie i komputerowe wspomaganie projektowania (E)</t>
+  </si>
+  <si>
+    <t>315 A-2</t>
+  </si>
+  <si>
+    <t>105 A-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -525,54 +543,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J223"/>
+  <dimension ref="A1:J227"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E223" sqref="E223"/>
+      <selection activeCell="E227" sqref="E227"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5802,228 +5820,228 @@
       </c>
       <c r="B202" t="s">
         <v>23</v>
       </c>
       <c r="D202" s="2">
         <v>0.53125</v>
       </c>
       <c r="E202" s="2">
         <v>0.59375</v>
       </c>
       <c r="F202" t="s">
         <v>29</v>
       </c>
       <c r="G202" t="s">
         <v>30</v>
       </c>
       <c r="H202" t="s">
         <v>25</v>
       </c>
       <c r="I202" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B203" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="D203" s="2">
-        <v>0.34375</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E203" s="2">
-        <v>0.375</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="F203" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G203" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="H203" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="I203" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="1">
         <v>46045.0</v>
       </c>
       <c r="B204" t="s">
         <v>31</v>
       </c>
       <c r="D204" s="2">
-        <v>0.38541666666667</v>
+        <v>0.34375</v>
       </c>
       <c r="E204" s="2">
-        <v>0.44791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F204" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="G204" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H204" t="s">
         <v>33</v>
       </c>
       <c r="I204" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="1">
         <v>46045.0</v>
       </c>
       <c r="B205" t="s">
         <v>31</v>
       </c>
       <c r="D205" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E205" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F205" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G205" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H205" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="I205" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="1">
         <v>46045.0</v>
       </c>
       <c r="B206" t="s">
         <v>31</v>
       </c>
       <c r="D206" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E206" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F206" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="G206" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="H206" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I206" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="1">
-        <v>46048.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B207" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="D207" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E207" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F207" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="G207" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H207" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I207" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="1">
         <v>46048.0</v>
       </c>
       <c r="B208" t="s">
         <v>38</v>
       </c>
       <c r="D208" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E208" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F208" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G208" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H208" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="I208" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B209" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="D209" s="2">
-        <v>0.38888888888889</v>
+        <v>0.53125</v>
       </c>
       <c r="E209" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F209" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="G209" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H209" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="I209" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
         <v>46050.0</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="D210" s="2">
         <v>0.34375</v>
       </c>
       <c r="E210" s="2">
         <v>0.375</v>
       </c>
       <c r="F210" t="s">
         <v>10</v>
       </c>
       <c r="G210" t="s">
         <v>11</v>
       </c>
       <c r="H210" t="s">
         <v>12</v>
       </c>
       <c r="I210" t="s">
@@ -6344,50 +6362,154 @@
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="1">
         <v>46055.0</v>
       </c>
       <c r="B223" t="s">
         <v>38</v>
       </c>
       <c r="D223" s="2">
         <v>0.53125</v>
       </c>
       <c r="E223" s="2">
         <v>0.59375</v>
       </c>
       <c r="F223" t="s">
         <v>42</v>
       </c>
       <c r="G223" t="s">
         <v>15</v>
       </c>
       <c r="H223" t="s">
         <v>43</v>
       </c>
       <c r="I223" t="s">
         <v>20</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10">
+      <c r="A224" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B224" t="s">
+        <v>47</v>
+      </c>
+      <c r="D224" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E224" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F224" t="s">
+        <v>54</v>
+      </c>
+      <c r="G224" t="s">
+        <v>55</v>
+      </c>
+      <c r="H224" t="s">
+        <v>40</v>
+      </c>
+      <c r="I224" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10">
+      <c r="A225" s="1">
+        <v>46060.0</v>
+      </c>
+      <c r="B225" t="s">
+        <v>56</v>
+      </c>
+      <c r="D225" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E225" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F225" t="s">
+        <v>57</v>
+      </c>
+      <c r="G225" t="s">
+        <v>55</v>
+      </c>
+      <c r="H225" t="s">
+        <v>19</v>
+      </c>
+      <c r="I225" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10">
+      <c r="A226" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B226" t="s">
+        <v>47</v>
+      </c>
+      <c r="D226" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E226" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F226" t="s">
+        <v>54</v>
+      </c>
+      <c r="G226" t="s">
+        <v>55</v>
+      </c>
+      <c r="H226" t="s">
+        <v>40</v>
+      </c>
+      <c r="I226" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10">
+      <c r="A227" s="1">
+        <v>46074.0</v>
+      </c>
+      <c r="B227" t="s">
+        <v>56</v>
+      </c>
+      <c r="D227" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E227" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F227" t="s">
+        <v>57</v>
+      </c>
+      <c r="G227" t="s">
+        <v>55</v>
+      </c>
+      <c r="H227" t="s">
+        <v>19</v>
+      </c>
+      <c r="I227" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>