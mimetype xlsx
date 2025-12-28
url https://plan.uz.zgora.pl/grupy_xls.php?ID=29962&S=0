--- v0 (2025-11-03)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -147,50 +147,56 @@
     <t>Elektronika (W)</t>
   </si>
   <si>
     <t>dr hab. inż. Krzysztof Sozański, prof. UZ</t>
   </si>
   <si>
     <t>110/111 A-2</t>
   </si>
   <si>
     <t>Elektronika (L)</t>
   </si>
   <si>
     <t>108 A-37</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>211 A-2</t>
   </si>
   <si>
     <t>Podstawy metrologii (L)</t>
   </si>
   <si>
     <t>517 A-2</t>
+  </si>
+  <si>
+    <t>Podstawy informatyki i techniki cyfrowej (E)</t>
+  </si>
+  <si>
+    <t>E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -4865,332 +4871,332 @@
       </c>
       <c r="B167" t="s">
         <v>35</v>
       </c>
       <c r="D167" s="2">
         <v>0.53125</v>
       </c>
       <c r="E167" s="2">
         <v>0.59375</v>
       </c>
       <c r="F167" t="s">
         <v>39</v>
       </c>
       <c r="G167" t="s">
         <v>15</v>
       </c>
       <c r="H167" t="s">
         <v>37</v>
       </c>
       <c r="I167" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B168" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D168" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E168" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F168" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G168" t="s">
         <v>11</v>
       </c>
       <c r="H168" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="I168" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B169" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D169" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E169" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F169" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="G169" t="s">
         <v>15</v>
       </c>
       <c r="H169" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="I169" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
         <v>46050.0</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="D170" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E170" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F170" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G170" t="s">
         <v>11</v>
       </c>
       <c r="H170" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I170" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>46050.0</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="D171" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E171" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F171" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G171" t="s">
         <v>15</v>
       </c>
       <c r="H171" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I171" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B172" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="D172" s="2">
-        <v>0.53125</v>
+        <v>0.3125</v>
       </c>
       <c r="E172" s="2">
-        <v>0.59375</v>
+        <v>0.375</v>
       </c>
       <c r="F172" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G172" t="s">
         <v>11</v>
       </c>
       <c r="H172" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I172" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B173" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="D173" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E173" s="2">
-        <v>0.66666666666667</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F173" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G173" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H173" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I173" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>46051.0</v>
       </c>
       <c r="B174" t="s">
         <v>21</v>
       </c>
       <c r="D174" s="2">
-        <v>0.3125</v>
+        <v>0.53125</v>
       </c>
       <c r="E174" s="2">
-        <v>0.375</v>
+        <v>0.59375</v>
       </c>
       <c r="F174" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G174" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H174" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I174" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="1">
-        <v>46051.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B175" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="D175" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E175" s="2">
-        <v>0.41666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F175" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="G175" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="H175" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I175" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="1">
-        <v>46051.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B176" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="D176" s="2">
         <v>0.53125</v>
       </c>
       <c r="E176" s="2">
         <v>0.59375</v>
       </c>
       <c r="F176" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="G176" t="s">
         <v>15</v>
       </c>
       <c r="H176" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I176" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
-        <v>46055.0</v>
+        <v>46058.0</v>
       </c>
       <c r="B177" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D177" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E177" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F177" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="G177" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="H177" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="I177" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
-        <v>46055.0</v>
+        <v>46072.0</v>
       </c>
       <c r="B178" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D178" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E178" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F178" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="G178" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="H178" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="I178" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>