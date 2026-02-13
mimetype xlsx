--- v1 (2025-12-28)
+++ v2 (2026-02-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -153,50 +153,68 @@
     <t>110/111 A-2</t>
   </si>
   <si>
     <t>Elektronika (L)</t>
   </si>
   <si>
     <t>108 A-37</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>211 A-2</t>
   </si>
   <si>
     <t>Podstawy metrologii (L)</t>
   </si>
   <si>
     <t>517 A-2</t>
   </si>
   <si>
     <t>Podstawy informatyki i techniki cyfrowej (E)</t>
   </si>
   <si>
     <t>E</t>
+  </si>
+  <si>
+    <t>So</t>
+  </si>
+  <si>
+    <t>Elektronika (E)</t>
+  </si>
+  <si>
+    <t>315 A-2</t>
+  </si>
+  <si>
+    <t>Podstawy metrologii (E)</t>
+  </si>
+  <si>
+    <t>127 A-2</t>
+  </si>
+  <si>
+    <t>105 A-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -504,54 +522,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J178"/>
+  <dimension ref="A1:J182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E178" sqref="E178"/>
+      <selection activeCell="E182" sqref="E182"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5111,92 +5129,196 @@
       </c>
       <c r="E176" s="2">
         <v>0.59375</v>
       </c>
       <c r="F176" t="s">
         <v>39</v>
       </c>
       <c r="G176" t="s">
         <v>15</v>
       </c>
       <c r="H176" t="s">
         <v>37</v>
       </c>
       <c r="I176" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
         <v>46058.0</v>
       </c>
       <c r="B177" t="s">
         <v>21</v>
       </c>
       <c r="D177" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E177" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F177" t="s">
         <v>45</v>
       </c>
       <c r="G177" t="s">
         <v>46</v>
       </c>
       <c r="H177" t="s">
         <v>12</v>
       </c>
       <c r="I177" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
-        <v>46072.0</v>
+        <v>46060.0</v>
       </c>
       <c r="B178" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="D178" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E178" s="2">
-        <v>0.52083333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F178" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="G178" t="s">
         <v>46</v>
       </c>
       <c r="H178" t="s">
+        <v>37</v>
+      </c>
+      <c r="I178" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10">
+      <c r="A179" s="1">
+        <v>46063.0</v>
+      </c>
+      <c r="B179" t="s">
+        <v>41</v>
+      </c>
+      <c r="D179" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E179" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F179" t="s">
+        <v>50</v>
+      </c>
+      <c r="G179" t="s">
+        <v>46</v>
+      </c>
+      <c r="H179" t="s">
+        <v>23</v>
+      </c>
+      <c r="I179" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10">
+      <c r="A180" s="1">
+        <v>46072.0</v>
+      </c>
+      <c r="B180" t="s">
+        <v>21</v>
+      </c>
+      <c r="D180" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E180" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F180" t="s">
+        <v>45</v>
+      </c>
+      <c r="G180" t="s">
+        <v>46</v>
+      </c>
+      <c r="H180" t="s">
         <v>12</v>
       </c>
-      <c r="I178" t="s">
+      <c r="I180" t="s">
         <v>13</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10">
+      <c r="A181" s="1">
+        <v>46074.0</v>
+      </c>
+      <c r="B181" t="s">
+        <v>47</v>
+      </c>
+      <c r="D181" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E181" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F181" t="s">
+        <v>48</v>
+      </c>
+      <c r="G181" t="s">
+        <v>46</v>
+      </c>
+      <c r="H181" t="s">
+        <v>37</v>
+      </c>
+      <c r="I181" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10">
+      <c r="A182" s="1">
+        <v>46077.0</v>
+      </c>
+      <c r="B182" t="s">
+        <v>41</v>
+      </c>
+      <c r="D182" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E182" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F182" t="s">
+        <v>50</v>
+      </c>
+      <c r="G182" t="s">
+        <v>46</v>
+      </c>
+      <c r="H182" t="s">
+        <v>23</v>
+      </c>
+      <c r="I182" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>