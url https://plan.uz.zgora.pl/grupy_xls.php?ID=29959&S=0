--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -5171,51 +5171,51 @@
       </c>
       <c r="F164" t="s">
         <v>45</v>
       </c>
       <c r="G164" t="s">
         <v>16</v>
       </c>
       <c r="H164" t="s">
         <v>39</v>
       </c>
       <c r="I164" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="1">
         <v>45992.0</v>
       </c>
       <c r="B165" t="s">
         <v>37</v>
       </c>
       <c r="D165" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E165" s="2">
-        <v>0.66666666666667</v>
+        <v>0.70138888888889</v>
       </c>
       <c r="F165" t="s">
         <v>54</v>
       </c>
       <c r="G165" t="s">
         <v>11</v>
       </c>
       <c r="H165" t="s">
         <v>55</v>
       </c>
       <c r="I165" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
         <v>45993.0</v>
       </c>
       <c r="B166" t="s">
         <v>47</v>
       </c>
       <c r="D166" s="2">
         <v>0.34375</v>
       </c>
       <c r="E166" s="2">