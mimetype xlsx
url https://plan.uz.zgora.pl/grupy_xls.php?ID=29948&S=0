--- v0 (2025-10-11)
+++ v1 (2025-11-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -177,50 +177,56 @@
     <t>Podstawy energoelektroniki (L)</t>
   </si>
   <si>
     <t>101 A-37</t>
   </si>
   <si>
     <t>Podstawy techniki cyfrowej i mikroprocesorowej (L)</t>
   </si>
   <si>
     <t>102 A-37</t>
   </si>
   <si>
     <t>Metody analizy danych (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>dr hab. inż. Andrzej Janczak, prof. UZ</t>
   </si>
   <si>
     <t>110/111 A-2</t>
   </si>
   <si>
     <t>302 A-2</t>
+  </si>
+  <si>
+    <t>Sterowanie procesami dyskretnymi (E)</t>
+  </si>
+  <si>
+    <t>E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -528,54 +534,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J271"/>
+  <dimension ref="A1:J273"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E271" sqref="E271"/>
+      <selection activeCell="E273" sqref="E273"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3374,770 +3380,770 @@
       </c>
       <c r="E101" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F101" t="s">
         <v>10</v>
       </c>
       <c r="G101" t="s">
         <v>11</v>
       </c>
       <c r="H101" t="s">
         <v>12</v>
       </c>
       <c r="I101" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>45974.0</v>
       </c>
       <c r="B102" t="s">
         <v>14</v>
       </c>
       <c r="C102" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D102" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E102" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F102" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="G102" t="s">
         <v>17</v>
       </c>
       <c r="H102" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I102" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>45974.0</v>
       </c>
       <c r="B103" t="s">
         <v>14</v>
       </c>
       <c r="C103" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D103" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E103" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F103" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="G103" t="s">
         <v>17</v>
       </c>
       <c r="H103" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="I103" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>45974.0</v>
       </c>
       <c r="B104" t="s">
         <v>14</v>
       </c>
-      <c r="C104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D104" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E104" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F104" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G104" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H104" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="I104" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>45974.0</v>
       </c>
       <c r="B105" t="s">
         <v>14</v>
       </c>
       <c r="D105" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E105" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F105" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G105" t="s">
         <v>11</v>
       </c>
       <c r="H105" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="I105" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
-        <v>45974.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B106" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D106" s="2">
-        <v>0.60416666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E106" s="2">
-        <v>0.66666666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F106" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G106" t="s">
         <v>11</v>
       </c>
       <c r="H106" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="I106" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>45975.0</v>
       </c>
       <c r="B107" t="s">
         <v>20</v>
       </c>
+      <c r="C107" t="s">
+        <v>15</v>
+      </c>
       <c r="D107" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E107" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F107" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G107" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H107" t="s">
         <v>45</v>
       </c>
       <c r="I107" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>45975.0</v>
       </c>
       <c r="B108" t="s">
         <v>20</v>
       </c>
       <c r="C108" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D108" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E108" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F108" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G108" t="s">
         <v>17</v>
       </c>
       <c r="H108" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="I108" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>45975.0</v>
       </c>
       <c r="B109" t="s">
         <v>20</v>
       </c>
       <c r="C109" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D109" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E109" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F109" t="s">
         <v>48</v>
       </c>
       <c r="G109" t="s">
         <v>17</v>
       </c>
       <c r="H109" t="s">
         <v>42</v>
       </c>
       <c r="I109" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>45975.0</v>
       </c>
       <c r="B110" t="s">
         <v>20</v>
       </c>
       <c r="C110" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D110" s="2">
         <v>0.53125</v>
       </c>
       <c r="E110" s="2">
         <v>0.59375</v>
       </c>
       <c r="F110" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="G110" t="s">
         <v>17</v>
       </c>
       <c r="H110" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="I110" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
         <v>45975.0</v>
       </c>
       <c r="B111" t="s">
         <v>20</v>
       </c>
       <c r="C111" t="s">
         <v>21</v>
       </c>
       <c r="D111" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E111" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F111" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="G111" t="s">
         <v>17</v>
       </c>
       <c r="H111" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="I111" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
         <v>45975.0</v>
       </c>
       <c r="B112" t="s">
         <v>20</v>
       </c>
       <c r="C112" t="s">
         <v>21</v>
       </c>
       <c r="D112" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E112" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F112" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="G112" t="s">
         <v>17</v>
       </c>
       <c r="H112" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="I112" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
-        <v>45975.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B113" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="C113" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D113" s="2">
-        <v>0.67708333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E113" s="2">
-        <v>0.73958333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F113" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="G113" t="s">
         <v>17</v>
       </c>
       <c r="H113" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="I113" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>45978.0</v>
       </c>
       <c r="B114" t="s">
         <v>31</v>
       </c>
       <c r="C114" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D114" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E114" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F114" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="G114" t="s">
         <v>17</v>
       </c>
       <c r="H114" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I114" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>45978.0</v>
       </c>
       <c r="B115" t="s">
         <v>31</v>
       </c>
       <c r="C115" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D115" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E115" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F115" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="G115" t="s">
         <v>17</v>
       </c>
       <c r="H115" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="I115" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
         <v>45978.0</v>
       </c>
       <c r="B116" t="s">
         <v>31</v>
       </c>
-      <c r="C116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D116" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E116" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F116" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G116" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H116" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="I116" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>45978.0</v>
       </c>
       <c r="B117" t="s">
         <v>31</v>
       </c>
       <c r="D117" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E117" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F117" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G117" t="s">
         <v>11</v>
       </c>
       <c r="H117" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="I117" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
-        <v>45978.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B118" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D118" s="2">
-        <v>0.60416666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E118" s="2">
-        <v>0.66666666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F118" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G118" t="s">
         <v>11</v>
       </c>
       <c r="H118" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="I118" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>45979.0</v>
       </c>
       <c r="B119" t="s">
         <v>43</v>
       </c>
+      <c r="C119" t="s">
+        <v>15</v>
+      </c>
       <c r="D119" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E119" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F119" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G119" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H119" t="s">
         <v>45</v>
       </c>
       <c r="I119" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
         <v>45979.0</v>
       </c>
       <c r="B120" t="s">
         <v>43</v>
       </c>
       <c r="C120" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D120" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E120" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F120" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G120" t="s">
         <v>17</v>
       </c>
       <c r="H120" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="I120" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>45979.0</v>
       </c>
       <c r="B121" t="s">
         <v>43</v>
       </c>
       <c r="C121" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D121" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E121" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F121" t="s">
         <v>48</v>
       </c>
       <c r="G121" t="s">
         <v>17</v>
       </c>
       <c r="H121" t="s">
         <v>42</v>
       </c>
       <c r="I121" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
         <v>45979.0</v>
       </c>
       <c r="B122" t="s">
         <v>43</v>
       </c>
       <c r="C122" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D122" s="2">
         <v>0.53125</v>
       </c>
       <c r="E122" s="2">
         <v>0.59375</v>
       </c>
       <c r="F122" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="G122" t="s">
         <v>17</v>
       </c>
       <c r="H122" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="I122" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
         <v>45979.0</v>
       </c>
       <c r="B123" t="s">
         <v>43</v>
       </c>
       <c r="C123" t="s">
         <v>21</v>
       </c>
       <c r="D123" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E123" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F123" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="G123" t="s">
         <v>17</v>
       </c>
       <c r="H123" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="I123" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
         <v>45979.0</v>
       </c>
       <c r="B124" t="s">
         <v>43</v>
       </c>
       <c r="C124" t="s">
         <v>21</v>
       </c>
       <c r="D124" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E124" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F124" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="G124" t="s">
         <v>17</v>
       </c>
       <c r="H124" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="I124" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
-        <v>45979.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B125" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="D125" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E125" s="2">
-        <v>0.73958333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F125" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="G125" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H125" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="I125" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
         <v>45980.0</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="D126" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="E126" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F126" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="G126" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="H126" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="I126" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
-        <v>45980.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B127" t="s">
-        <v>9</v>
+        <v>14</v>
+      </c>
+      <c r="C127" t="s">
+        <v>15</v>
       </c>
       <c r="D127" s="2">
-        <v>0.67361111111111</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E127" s="2">
-        <v>0.73958333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F127" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="G127" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="H127" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="I127" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
         <v>45981.0</v>
       </c>
       <c r="B128" t="s">
         <v>14</v>
       </c>
       <c r="C128" t="s">
         <v>15</v>
       </c>
       <c r="D128" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E128" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F128" t="s">
         <v>16</v>
       </c>
       <c r="G128" t="s">
         <v>17</v>
       </c>
       <c r="H128" t="s">
@@ -8135,50 +8141,102 @@
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="1">
         <v>46055.0</v>
       </c>
       <c r="B271" t="s">
         <v>31</v>
       </c>
       <c r="D271" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E271" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F271" t="s">
         <v>41</v>
       </c>
       <c r="G271" t="s">
         <v>11</v>
       </c>
       <c r="H271" t="s">
         <v>42</v>
       </c>
       <c r="I271" t="s">
         <v>13</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10">
+      <c r="A272" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B272" t="s">
+        <v>43</v>
+      </c>
+      <c r="D272" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E272" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F272" t="s">
+        <v>55</v>
+      </c>
+      <c r="G272" t="s">
+        <v>56</v>
+      </c>
+      <c r="H272" t="s">
+        <v>33</v>
+      </c>
+      <c r="I272" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10">
+      <c r="A273" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B273" t="s">
+        <v>43</v>
+      </c>
+      <c r="D273" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E273" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F273" t="s">
+        <v>55</v>
+      </c>
+      <c r="G273" t="s">
+        <v>56</v>
+      </c>
+      <c r="H273" t="s">
+        <v>33</v>
+      </c>
+      <c r="I273" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>