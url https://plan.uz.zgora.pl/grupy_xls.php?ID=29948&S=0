--- v1 (2025-11-29)
+++ v2 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -179,54 +179,69 @@
   <si>
     <t>101 A-37</t>
   </si>
   <si>
     <t>Podstawy techniki cyfrowej i mikroprocesorowej (L)</t>
   </si>
   <si>
     <t>102 A-37</t>
   </si>
   <si>
     <t>Metody analizy danych (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>dr hab. inż. Andrzej Janczak, prof. UZ</t>
   </si>
   <si>
     <t>110/111 A-2</t>
   </si>
   <si>
     <t>302 A-2</t>
   </si>
   <si>
+    <t>304 A-2</t>
+  </si>
+  <si>
+    <t>Metody analizy danych (R)</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
     <t>Sterowanie procesami dyskretnymi (E)</t>
   </si>
   <si>
     <t>E</t>
+  </si>
+  <si>
+    <t>Sygnały i systemy dynamiczne (E)</t>
+  </si>
+  <si>
+    <t>315 A-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -534,54 +549,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J273"/>
+  <dimension ref="A1:J276"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E273" sqref="E273"/>
+      <selection activeCell="E276" sqref="E276"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5428,182 +5443,182 @@
       </c>
       <c r="F174" t="s">
         <v>46</v>
       </c>
       <c r="G174" t="s">
         <v>17</v>
       </c>
       <c r="H174" t="s">
         <v>45</v>
       </c>
       <c r="I174" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="1">
         <v>46000.0</v>
       </c>
       <c r="B175" t="s">
         <v>43</v>
       </c>
       <c r="C175" t="s">
         <v>21</v>
       </c>
       <c r="D175" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E175" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F175" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="G175" t="s">
         <v>17</v>
       </c>
       <c r="H175" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I175" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="1">
         <v>46000.0</v>
       </c>
       <c r="B176" t="s">
         <v>43</v>
       </c>
       <c r="C176" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D176" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E176" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F176" t="s">
         <v>48</v>
       </c>
       <c r="G176" t="s">
         <v>17</v>
       </c>
       <c r="H176" t="s">
         <v>42</v>
       </c>
       <c r="I176" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
         <v>46000.0</v>
       </c>
       <c r="B177" t="s">
         <v>43</v>
       </c>
       <c r="C177" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D177" s="2">
         <v>0.53125</v>
       </c>
       <c r="E177" s="2">
         <v>0.59375</v>
       </c>
       <c r="F177" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G177" t="s">
         <v>17</v>
       </c>
       <c r="H177" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="I177" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
         <v>46000.0</v>
       </c>
       <c r="B178" t="s">
         <v>43</v>
       </c>
       <c r="C178" t="s">
         <v>21</v>
       </c>
       <c r="D178" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E178" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F178" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="G178" t="s">
         <v>17</v>
       </c>
       <c r="H178" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="I178" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>46000.0</v>
       </c>
       <c r="B179" t="s">
         <v>43</v>
       </c>
       <c r="C179" t="s">
         <v>21</v>
       </c>
       <c r="D179" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E179" s="2">
-        <v>0.73958333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F179" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="G179" t="s">
         <v>17</v>
       </c>
       <c r="H179" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="I179" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
         <v>46001.0</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="D180" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E180" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F180" t="s">
         <v>10</v>
       </c>
       <c r="G180" t="s">
         <v>11</v>
       </c>
       <c r="H180" t="s">
         <v>12</v>
       </c>
       <c r="I180" t="s">
@@ -5906,182 +5921,182 @@
       </c>
       <c r="F191" t="s">
         <v>46</v>
       </c>
       <c r="G191" t="s">
         <v>17</v>
       </c>
       <c r="H191" t="s">
         <v>45</v>
       </c>
       <c r="I191" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="1">
         <v>46007.0</v>
       </c>
       <c r="B192" t="s">
         <v>43</v>
       </c>
       <c r="C192" t="s">
         <v>21</v>
       </c>
       <c r="D192" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E192" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F192" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="G192" t="s">
         <v>17</v>
       </c>
       <c r="H192" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I192" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="1">
         <v>46007.0</v>
       </c>
       <c r="B193" t="s">
         <v>43</v>
       </c>
       <c r="C193" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D193" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E193" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F193" t="s">
         <v>48</v>
       </c>
       <c r="G193" t="s">
         <v>17</v>
       </c>
       <c r="H193" t="s">
         <v>42</v>
       </c>
       <c r="I193" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="1">
         <v>46007.0</v>
       </c>
       <c r="B194" t="s">
         <v>43</v>
       </c>
       <c r="C194" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D194" s="2">
         <v>0.53125</v>
       </c>
       <c r="E194" s="2">
         <v>0.59375</v>
       </c>
       <c r="F194" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G194" t="s">
         <v>17</v>
       </c>
       <c r="H194" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="I194" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="1">
         <v>46007.0</v>
       </c>
       <c r="B195" t="s">
         <v>43</v>
       </c>
       <c r="C195" t="s">
         <v>21</v>
       </c>
       <c r="D195" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E195" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F195" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="G195" t="s">
         <v>17</v>
       </c>
       <c r="H195" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="I195" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="1">
         <v>46007.0</v>
       </c>
       <c r="B196" t="s">
         <v>43</v>
       </c>
       <c r="C196" t="s">
         <v>21</v>
       </c>
       <c r="D196" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E196" s="2">
-        <v>0.73958333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F196" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="G196" t="s">
         <v>17</v>
       </c>
       <c r="H196" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="I196" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="1">
         <v>46008.0</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="D197" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E197" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F197" t="s">
         <v>10</v>
       </c>
       <c r="G197" t="s">
         <v>11</v>
       </c>
       <c r="H197" t="s">
         <v>12</v>
       </c>
       <c r="I197" t="s">
@@ -6271,182 +6286,182 @@
       </c>
       <c r="F204" t="s">
         <v>46</v>
       </c>
       <c r="G204" t="s">
         <v>17</v>
       </c>
       <c r="H204" t="s">
         <v>45</v>
       </c>
       <c r="I204" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="1">
         <v>46029.0</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>21</v>
       </c>
       <c r="D205" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E205" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F205" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="G205" t="s">
         <v>17</v>
       </c>
       <c r="H205" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I205" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="1">
         <v>46029.0</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D206" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E206" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F206" t="s">
         <v>48</v>
       </c>
       <c r="G206" t="s">
         <v>17</v>
       </c>
       <c r="H206" t="s">
         <v>42</v>
       </c>
       <c r="I206" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="1">
         <v>46029.0</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D207" s="2">
         <v>0.53125</v>
       </c>
       <c r="E207" s="2">
         <v>0.59375</v>
       </c>
       <c r="F207" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G207" t="s">
         <v>17</v>
       </c>
       <c r="H207" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="I207" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="1">
         <v>46029.0</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>21</v>
       </c>
       <c r="D208" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E208" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F208" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="G208" t="s">
         <v>17</v>
       </c>
       <c r="H208" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="I208" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="1">
         <v>46029.0</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>21</v>
       </c>
       <c r="D209" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E209" s="2">
-        <v>0.73958333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F209" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="G209" t="s">
         <v>17</v>
       </c>
       <c r="H209" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="I209" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
         <v>46030.0</v>
       </c>
       <c r="B210" t="s">
         <v>14</v>
       </c>
       <c r="C210" t="s">
         <v>15</v>
       </c>
       <c r="D210" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E210" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F210" t="s">
         <v>16</v>
       </c>
       <c r="G210" t="s">
         <v>17</v>
       </c>
       <c r="H210" t="s">
@@ -6723,182 +6738,182 @@
       </c>
       <c r="F220" t="s">
         <v>46</v>
       </c>
       <c r="G220" t="s">
         <v>17</v>
       </c>
       <c r="H220" t="s">
         <v>45</v>
       </c>
       <c r="I220" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="1">
         <v>46035.0</v>
       </c>
       <c r="B221" t="s">
         <v>43</v>
       </c>
       <c r="C221" t="s">
         <v>21</v>
       </c>
       <c r="D221" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E221" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F221" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="G221" t="s">
         <v>17</v>
       </c>
       <c r="H221" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I221" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="1">
         <v>46035.0</v>
       </c>
       <c r="B222" t="s">
         <v>43</v>
       </c>
       <c r="C222" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D222" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E222" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F222" t="s">
         <v>48</v>
       </c>
       <c r="G222" t="s">
         <v>17</v>
       </c>
       <c r="H222" t="s">
         <v>42</v>
       </c>
       <c r="I222" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="1">
         <v>46035.0</v>
       </c>
       <c r="B223" t="s">
         <v>43</v>
       </c>
       <c r="C223" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D223" s="2">
         <v>0.53125</v>
       </c>
       <c r="E223" s="2">
         <v>0.59375</v>
       </c>
       <c r="F223" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G223" t="s">
         <v>17</v>
       </c>
       <c r="H223" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="I223" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="1">
         <v>46035.0</v>
       </c>
       <c r="B224" t="s">
         <v>43</v>
       </c>
       <c r="C224" t="s">
         <v>21</v>
       </c>
       <c r="D224" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E224" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F224" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="G224" t="s">
         <v>17</v>
       </c>
       <c r="H224" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="I224" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" s="1">
         <v>46035.0</v>
       </c>
       <c r="B225" t="s">
         <v>43</v>
       </c>
       <c r="C225" t="s">
         <v>21</v>
       </c>
       <c r="D225" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E225" s="2">
-        <v>0.73958333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F225" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="G225" t="s">
         <v>17</v>
       </c>
       <c r="H225" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="I225" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="1">
         <v>46036.0</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="D226" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E226" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F226" t="s">
         <v>10</v>
       </c>
       <c r="G226" t="s">
         <v>11</v>
       </c>
       <c r="H226" t="s">
         <v>12</v>
       </c>
       <c r="I226" t="s">
@@ -7227,182 +7242,182 @@
       </c>
       <c r="F238" t="s">
         <v>46</v>
       </c>
       <c r="G238" t="s">
         <v>17</v>
       </c>
       <c r="H238" t="s">
         <v>45</v>
       </c>
       <c r="I238" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="1">
         <v>46042.0</v>
       </c>
       <c r="B239" t="s">
         <v>43</v>
       </c>
       <c r="C239" t="s">
         <v>21</v>
       </c>
       <c r="D239" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E239" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F239" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="G239" t="s">
         <v>17</v>
       </c>
       <c r="H239" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I239" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="1">
         <v>46042.0</v>
       </c>
       <c r="B240" t="s">
         <v>43</v>
       </c>
       <c r="C240" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D240" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E240" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F240" t="s">
         <v>48</v>
       </c>
       <c r="G240" t="s">
         <v>17</v>
       </c>
       <c r="H240" t="s">
         <v>42</v>
       </c>
       <c r="I240" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" s="1">
         <v>46042.0</v>
       </c>
       <c r="B241" t="s">
         <v>43</v>
       </c>
       <c r="C241" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D241" s="2">
         <v>0.53125</v>
       </c>
       <c r="E241" s="2">
         <v>0.59375</v>
       </c>
       <c r="F241" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G241" t="s">
         <v>17</v>
       </c>
       <c r="H241" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="I241" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" s="1">
         <v>46042.0</v>
       </c>
       <c r="B242" t="s">
         <v>43</v>
       </c>
       <c r="C242" t="s">
         <v>21</v>
       </c>
       <c r="D242" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E242" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F242" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="G242" t="s">
         <v>17</v>
       </c>
       <c r="H242" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="I242" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="1">
         <v>46042.0</v>
       </c>
       <c r="B243" t="s">
         <v>43</v>
       </c>
       <c r="C243" t="s">
         <v>21</v>
       </c>
       <c r="D243" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E243" s="2">
-        <v>0.73958333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F243" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="G243" t="s">
         <v>17</v>
       </c>
       <c r="H243" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="I243" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="1">
         <v>46043.0</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="D244" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E244" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F244" t="s">
         <v>10</v>
       </c>
       <c r="G244" t="s">
         <v>11</v>
       </c>
       <c r="H244" t="s">
         <v>12</v>
       </c>
       <c r="I244" t="s">
@@ -7705,538 +7720,616 @@
       </c>
       <c r="F255" t="s">
         <v>46</v>
       </c>
       <c r="G255" t="s">
         <v>17</v>
       </c>
       <c r="H255" t="s">
         <v>45</v>
       </c>
       <c r="I255" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="1">
         <v>46049.0</v>
       </c>
       <c r="B256" t="s">
         <v>43</v>
       </c>
       <c r="C256" t="s">
         <v>21</v>
       </c>
       <c r="D256" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E256" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F256" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="G256" t="s">
         <v>17</v>
       </c>
       <c r="H256" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I256" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" s="1">
         <v>46049.0</v>
       </c>
       <c r="B257" t="s">
         <v>43</v>
       </c>
       <c r="C257" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D257" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E257" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F257" t="s">
         <v>48</v>
       </c>
       <c r="G257" t="s">
         <v>17</v>
       </c>
       <c r="H257" t="s">
         <v>42</v>
       </c>
       <c r="I257" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" s="1">
         <v>46049.0</v>
       </c>
       <c r="B258" t="s">
         <v>43</v>
       </c>
       <c r="C258" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D258" s="2">
         <v>0.53125</v>
       </c>
       <c r="E258" s="2">
         <v>0.59375</v>
       </c>
       <c r="F258" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G258" t="s">
         <v>17</v>
       </c>
       <c r="H258" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="I258" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" s="1">
         <v>46049.0</v>
       </c>
       <c r="B259" t="s">
         <v>43</v>
       </c>
       <c r="C259" t="s">
         <v>21</v>
       </c>
       <c r="D259" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E259" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F259" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="G259" t="s">
         <v>17</v>
       </c>
       <c r="H259" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="I259" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" s="1">
         <v>46049.0</v>
       </c>
       <c r="B260" t="s">
         <v>43</v>
       </c>
       <c r="C260" t="s">
         <v>21</v>
       </c>
       <c r="D260" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E260" s="2">
-        <v>0.73958333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F260" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="G260" t="s">
         <v>17</v>
       </c>
       <c r="H260" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="I260" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="1">
         <v>46050.0</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="D261" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E261" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F261" t="s">
         <v>10</v>
       </c>
       <c r="G261" t="s">
         <v>11</v>
       </c>
       <c r="H261" t="s">
         <v>12</v>
       </c>
       <c r="I261" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="1">
         <v>46051.0</v>
       </c>
       <c r="B262" t="s">
         <v>14</v>
       </c>
-      <c r="C262" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D262" s="2">
-        <v>0.67708333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E262" s="2">
-        <v>0.73958333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F262" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="G262" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="H262" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="I262" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="1">
-        <v>46052.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B263" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C263" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D263" s="2">
-        <v>0.45833333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E263" s="2">
-        <v>0.52083333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F263" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G263" t="s">
         <v>17</v>
       </c>
       <c r="H263" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I263" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="1">
         <v>46052.0</v>
       </c>
       <c r="B264" t="s">
         <v>20</v>
       </c>
       <c r="C264" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D264" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E264" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F264" t="s">
         <v>22</v>
       </c>
       <c r="G264" t="s">
         <v>17</v>
       </c>
       <c r="H264" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="I264" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="1">
         <v>46052.0</v>
       </c>
       <c r="B265" t="s">
         <v>20</v>
       </c>
+      <c r="C265" t="s">
+        <v>15</v>
+      </c>
       <c r="D265" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E265" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F265" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G265" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H265" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I265" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="1">
         <v>46052.0</v>
       </c>
       <c r="B266" t="s">
         <v>20</v>
       </c>
       <c r="D266" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E266" s="2">
-        <v>0.66319444444444</v>
+        <v>0.59375</v>
       </c>
       <c r="F266" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="G266" t="s">
         <v>11</v>
       </c>
       <c r="H266" t="s">
         <v>28</v>
       </c>
       <c r="I266" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="1">
-        <v>46055.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B267" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D267" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E267" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66319444444444</v>
       </c>
       <c r="F267" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G267" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H267" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="I267" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="1">
         <v>46055.0</v>
       </c>
       <c r="B268" t="s">
         <v>31</v>
       </c>
       <c r="C268" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D268" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E268" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F268" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="G268" t="s">
         <v>17</v>
       </c>
       <c r="H268" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I268" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="1">
         <v>46055.0</v>
       </c>
       <c r="B269" t="s">
         <v>31</v>
       </c>
       <c r="C269" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D269" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E269" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F269" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="G269" t="s">
         <v>17</v>
       </c>
       <c r="H269" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="I269" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="1">
         <v>46055.0</v>
       </c>
       <c r="B270" t="s">
         <v>31</v>
       </c>
+      <c r="C270" t="s">
+        <v>15</v>
+      </c>
       <c r="D270" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E270" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F270" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="G270" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H270" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="I270" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="1">
         <v>46055.0</v>
       </c>
       <c r="B271" t="s">
         <v>31</v>
       </c>
       <c r="D271" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E271" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F271" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G271" t="s">
         <v>11</v>
       </c>
       <c r="H271" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="I271" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="1">
-        <v>46056.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B272" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="D272" s="2">
-        <v>0.41666666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E272" s="2">
-        <v>0.5</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F272" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="G272" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="H272" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="I272" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" s="1">
-        <v>46070.0</v>
+        <v>46056.0</v>
       </c>
       <c r="B273" t="s">
         <v>43</v>
       </c>
       <c r="D273" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E273" s="2">
         <v>0.5</v>
       </c>
       <c r="F273" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="G273" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H273" t="s">
         <v>33</v>
       </c>
       <c r="I273" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10">
+      <c r="A274" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B274" t="s">
+        <v>20</v>
+      </c>
+      <c r="D274" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E274" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F274" t="s">
+        <v>60</v>
+      </c>
+      <c r="G274" t="s">
+        <v>59</v>
+      </c>
+      <c r="H274" t="s">
+        <v>28</v>
+      </c>
+      <c r="I274" t="s">
         <v>29</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10">
+      <c r="A275" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B275" t="s">
+        <v>43</v>
+      </c>
+      <c r="D275" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E275" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F275" t="s">
+        <v>58</v>
+      </c>
+      <c r="G275" t="s">
+        <v>59</v>
+      </c>
+      <c r="H275" t="s">
+        <v>33</v>
+      </c>
+      <c r="I275" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10">
+      <c r="A276" s="1">
+        <v>46083.0</v>
+      </c>
+      <c r="B276" t="s">
+        <v>31</v>
+      </c>
+      <c r="D276" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E276" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F276" t="s">
+        <v>60</v>
+      </c>
+      <c r="G276" t="s">
+        <v>59</v>
+      </c>
+      <c r="H276" t="s">
+        <v>28</v>
+      </c>
+      <c r="I276" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>