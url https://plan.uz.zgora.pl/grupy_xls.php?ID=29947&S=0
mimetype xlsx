--- v0 (2025-10-11)
+++ v1 (2025-11-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -174,50 +174,56 @@
     <t>Podstawy techniki cyfrowej i mikroprocesorowej (L)</t>
   </si>
   <si>
     <t>102 A-37</t>
   </si>
   <si>
     <t>Podstawy energoelektroniki (L)</t>
   </si>
   <si>
     <t>101 A-37</t>
   </si>
   <si>
     <t>Sygnały i systemy dynamiczne (L)</t>
   </si>
   <si>
     <t>mgr inż. Piotr Balik</t>
   </si>
   <si>
     <t>406 A-2</t>
   </si>
   <si>
     <t>119 A-2</t>
   </si>
   <si>
     <t>302 A-2</t>
+  </si>
+  <si>
+    <t>Sterowanie procesami dyskretnymi (E)</t>
+  </si>
+  <si>
+    <t>E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -525,54 +531,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J272"/>
+  <dimension ref="A1:J274"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E272" sqref="E272"/>
+      <selection activeCell="E274" sqref="E274"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2277,51 +2283,51 @@
       <c r="A62" s="1">
         <v>45954.0</v>
       </c>
       <c r="B62" t="s">
         <v>25</v>
       </c>
       <c r="C62" t="s">
         <v>24</v>
       </c>
       <c r="D62" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E62" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F62" t="s">
         <v>26</v>
       </c>
       <c r="G62" t="s">
         <v>21</v>
       </c>
       <c r="H62" t="s">
         <v>29</v>
       </c>
       <c r="I62" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>45954.0</v>
       </c>
       <c r="B63" t="s">
         <v>25</v>
       </c>
       <c r="D63" s="2">
         <v>0.53125</v>
       </c>
       <c r="E63" s="2">
         <v>0.59375</v>
       </c>
       <c r="F63" t="s">
         <v>31</v>
       </c>
       <c r="G63" t="s">
         <v>11</v>
       </c>
       <c r="H63" t="s">
         <v>32</v>
       </c>
       <c r="I63" t="s">
@@ -2807,51 +2813,51 @@
       <c r="A81" s="1">
         <v>45961.0</v>
       </c>
       <c r="B81" t="s">
         <v>25</v>
       </c>
       <c r="C81" t="s">
         <v>24</v>
       </c>
       <c r="D81" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E81" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F81" t="s">
         <v>26</v>
       </c>
       <c r="G81" t="s">
         <v>21</v>
       </c>
       <c r="H81" t="s">
         <v>29</v>
       </c>
       <c r="I81" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>45961.0</v>
       </c>
       <c r="B82" t="s">
         <v>25</v>
       </c>
       <c r="D82" s="2">
         <v>0.53125</v>
       </c>
       <c r="E82" s="2">
         <v>0.59375</v>
       </c>
       <c r="F82" t="s">
         <v>31</v>
       </c>
       <c r="G82" t="s">
         <v>11</v>
       </c>
       <c r="H82" t="s">
         <v>32</v>
       </c>
       <c r="I82" t="s">
@@ -3311,51 +3317,51 @@
       <c r="A99" s="1">
         <v>45968.0</v>
       </c>
       <c r="B99" t="s">
         <v>25</v>
       </c>
       <c r="C99" t="s">
         <v>24</v>
       </c>
       <c r="D99" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E99" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F99" t="s">
         <v>26</v>
       </c>
       <c r="G99" t="s">
         <v>21</v>
       </c>
       <c r="H99" t="s">
         <v>29</v>
       </c>
       <c r="I99" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>45968.0</v>
       </c>
       <c r="B100" t="s">
         <v>25</v>
       </c>
       <c r="D100" s="2">
         <v>0.53125</v>
       </c>
       <c r="E100" s="2">
         <v>0.59375</v>
       </c>
       <c r="F100" t="s">
         <v>31</v>
       </c>
       <c r="G100" t="s">
         <v>11</v>
       </c>
       <c r="H100" t="s">
         <v>32</v>
       </c>
       <c r="I100" t="s">
@@ -4707,51 +4713,51 @@
       <c r="A149" s="1">
         <v>45989.0</v>
       </c>
       <c r="B149" t="s">
         <v>25</v>
       </c>
       <c r="C149" t="s">
         <v>24</v>
       </c>
       <c r="D149" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E149" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F149" t="s">
         <v>26</v>
       </c>
       <c r="G149" t="s">
         <v>21</v>
       </c>
       <c r="H149" t="s">
         <v>29</v>
       </c>
       <c r="I149" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>45989.0</v>
       </c>
       <c r="B150" t="s">
         <v>25</v>
       </c>
       <c r="D150" s="2">
         <v>0.53125</v>
       </c>
       <c r="E150" s="2">
         <v>0.59375</v>
       </c>
       <c r="F150" t="s">
         <v>31</v>
       </c>
       <c r="G150" t="s">
         <v>11</v>
       </c>
       <c r="H150" t="s">
         <v>32</v>
       </c>
       <c r="I150" t="s">
@@ -5185,51 +5191,51 @@
       <c r="A166" s="1">
         <v>45996.0</v>
       </c>
       <c r="B166" t="s">
         <v>25</v>
       </c>
       <c r="C166" t="s">
         <v>24</v>
       </c>
       <c r="D166" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E166" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F166" t="s">
         <v>26</v>
       </c>
       <c r="G166" t="s">
         <v>21</v>
       </c>
       <c r="H166" t="s">
         <v>29</v>
       </c>
       <c r="I166" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="1">
         <v>45996.0</v>
       </c>
       <c r="B167" t="s">
         <v>25</v>
       </c>
       <c r="D167" s="2">
         <v>0.53125</v>
       </c>
       <c r="E167" s="2">
         <v>0.59375</v>
       </c>
       <c r="F167" t="s">
         <v>31</v>
       </c>
       <c r="G167" t="s">
         <v>11</v>
       </c>
       <c r="H167" t="s">
         <v>32</v>
       </c>
       <c r="I167" t="s">
@@ -5689,51 +5695,51 @@
       <c r="A184" s="1">
         <v>46003.0</v>
       </c>
       <c r="B184" t="s">
         <v>25</v>
       </c>
       <c r="C184" t="s">
         <v>24</v>
       </c>
       <c r="D184" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E184" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F184" t="s">
         <v>26</v>
       </c>
       <c r="G184" t="s">
         <v>21</v>
       </c>
       <c r="H184" t="s">
         <v>29</v>
       </c>
       <c r="I184" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>46003.0</v>
       </c>
       <c r="B185" t="s">
         <v>25</v>
       </c>
       <c r="D185" s="2">
         <v>0.53125</v>
       </c>
       <c r="E185" s="2">
         <v>0.59375</v>
       </c>
       <c r="F185" t="s">
         <v>31</v>
       </c>
       <c r="G185" t="s">
         <v>11</v>
       </c>
       <c r="H185" t="s">
         <v>32</v>
       </c>
       <c r="I185" t="s">
@@ -6167,51 +6173,51 @@
       <c r="A201" s="1">
         <v>46010.0</v>
       </c>
       <c r="B201" t="s">
         <v>25</v>
       </c>
       <c r="C201" t="s">
         <v>24</v>
       </c>
       <c r="D201" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E201" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F201" t="s">
         <v>26</v>
       </c>
       <c r="G201" t="s">
         <v>21</v>
       </c>
       <c r="H201" t="s">
         <v>29</v>
       </c>
       <c r="I201" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="1">
         <v>46010.0</v>
       </c>
       <c r="B202" t="s">
         <v>25</v>
       </c>
       <c r="D202" s="2">
         <v>0.53125</v>
       </c>
       <c r="E202" s="2">
         <v>0.59375</v>
       </c>
       <c r="F202" t="s">
         <v>31</v>
       </c>
       <c r="G202" t="s">
         <v>11</v>
       </c>
       <c r="H202" t="s">
         <v>32</v>
       </c>
       <c r="I202" t="s">
@@ -6538,51 +6544,51 @@
       <c r="A214" s="1">
         <v>46031.0</v>
       </c>
       <c r="B214" t="s">
         <v>25</v>
       </c>
       <c r="C214" t="s">
         <v>24</v>
       </c>
       <c r="D214" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E214" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F214" t="s">
         <v>26</v>
       </c>
       <c r="G214" t="s">
         <v>21</v>
       </c>
       <c r="H214" t="s">
         <v>29</v>
       </c>
       <c r="I214" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="1">
         <v>46031.0</v>
       </c>
       <c r="B215" t="s">
         <v>25</v>
       </c>
       <c r="D215" s="2">
         <v>0.53125</v>
       </c>
       <c r="E215" s="2">
         <v>0.59375</v>
       </c>
       <c r="F215" t="s">
         <v>31</v>
       </c>
       <c r="G215" t="s">
         <v>11</v>
       </c>
       <c r="H215" t="s">
         <v>32</v>
       </c>
       <c r="I215" t="s">
@@ -7016,51 +7022,51 @@
       <c r="A231" s="1">
         <v>46038.0</v>
       </c>
       <c r="B231" t="s">
         <v>25</v>
       </c>
       <c r="C231" t="s">
         <v>24</v>
       </c>
       <c r="D231" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E231" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F231" t="s">
         <v>26</v>
       </c>
       <c r="G231" t="s">
         <v>21</v>
       </c>
       <c r="H231" t="s">
         <v>29</v>
       </c>
       <c r="I231" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
         <v>46038.0</v>
       </c>
       <c r="B232" t="s">
         <v>25</v>
       </c>
       <c r="D232" s="2">
         <v>0.53125</v>
       </c>
       <c r="E232" s="2">
         <v>0.59375</v>
       </c>
       <c r="F232" t="s">
         <v>31</v>
       </c>
       <c r="G232" t="s">
         <v>11</v>
       </c>
       <c r="H232" t="s">
         <v>32</v>
       </c>
       <c r="I232" t="s">
@@ -7520,51 +7526,51 @@
       <c r="A249" s="1">
         <v>46045.0</v>
       </c>
       <c r="B249" t="s">
         <v>25</v>
       </c>
       <c r="C249" t="s">
         <v>24</v>
       </c>
       <c r="D249" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E249" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F249" t="s">
         <v>26</v>
       </c>
       <c r="G249" t="s">
         <v>21</v>
       </c>
       <c r="H249" t="s">
         <v>29</v>
       </c>
       <c r="I249" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" s="1">
         <v>46045.0</v>
       </c>
       <c r="B250" t="s">
         <v>25</v>
       </c>
       <c r="D250" s="2">
         <v>0.53125</v>
       </c>
       <c r="E250" s="2">
         <v>0.59375</v>
       </c>
       <c r="F250" t="s">
         <v>31</v>
       </c>
       <c r="G250" t="s">
         <v>11</v>
       </c>
       <c r="H250" t="s">
         <v>32</v>
       </c>
       <c r="I250" t="s">
@@ -8024,51 +8030,51 @@
       <c r="A267" s="1">
         <v>46052.0</v>
       </c>
       <c r="B267" t="s">
         <v>25</v>
       </c>
       <c r="C267" t="s">
         <v>24</v>
       </c>
       <c r="D267" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E267" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F267" t="s">
         <v>26</v>
       </c>
       <c r="G267" t="s">
         <v>21</v>
       </c>
       <c r="H267" t="s">
         <v>29</v>
       </c>
       <c r="I267" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="1">
         <v>46052.0</v>
       </c>
       <c r="B268" t="s">
         <v>25</v>
       </c>
       <c r="D268" s="2">
         <v>0.53125</v>
       </c>
       <c r="E268" s="2">
         <v>0.59375</v>
       </c>
       <c r="F268" t="s">
         <v>31</v>
       </c>
       <c r="G268" t="s">
         <v>11</v>
       </c>
       <c r="H268" t="s">
         <v>32</v>
       </c>
       <c r="I268" t="s">
@@ -8158,50 +8164,102 @@
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="1">
         <v>46055.0</v>
       </c>
       <c r="B272" t="s">
         <v>35</v>
       </c>
       <c r="D272" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E272" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F272" t="s">
         <v>40</v>
       </c>
       <c r="G272" t="s">
         <v>11</v>
       </c>
       <c r="H272" t="s">
         <v>41</v>
       </c>
       <c r="I272" t="s">
         <v>13</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10">
+      <c r="A273" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B273" t="s">
+        <v>42</v>
+      </c>
+      <c r="D273" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E273" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F273" t="s">
+        <v>54</v>
+      </c>
+      <c r="G273" t="s">
+        <v>55</v>
+      </c>
+      <c r="H273" t="s">
+        <v>37</v>
+      </c>
+      <c r="I273" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10">
+      <c r="A274" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B274" t="s">
+        <v>42</v>
+      </c>
+      <c r="D274" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E274" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F274" t="s">
+        <v>54</v>
+      </c>
+      <c r="G274" t="s">
+        <v>55</v>
+      </c>
+      <c r="H274" t="s">
+        <v>37</v>
+      </c>
+      <c r="I274" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>