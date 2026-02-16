--- v1 (2025-11-29)
+++ v2 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -176,54 +176,66 @@
   <si>
     <t>102 A-37</t>
   </si>
   <si>
     <t>Podstawy energoelektroniki (L)</t>
   </si>
   <si>
     <t>101 A-37</t>
   </si>
   <si>
     <t>Sygnały i systemy dynamiczne (L)</t>
   </si>
   <si>
     <t>mgr inż. Piotr Balik</t>
   </si>
   <si>
     <t>406 A-2</t>
   </si>
   <si>
     <t>119 A-2</t>
   </si>
   <si>
     <t>302 A-2</t>
   </si>
   <si>
+    <t>Metody analizy danych (R)</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
     <t>Sterowanie procesami dyskretnymi (E)</t>
   </si>
   <si>
     <t>E</t>
+  </si>
+  <si>
+    <t>Sygnały i systemy dynamiczne (E)</t>
+  </si>
+  <si>
+    <t>315 A-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -531,54 +543,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J274"/>
+  <dimension ref="A1:J277"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E274" sqref="E274"/>
+      <selection activeCell="E277" sqref="E277"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -7924,342 +7936,420 @@
         <v>0.67708333333333</v>
       </c>
       <c r="E263" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="F263" t="s">
         <v>14</v>
       </c>
       <c r="G263" t="s">
         <v>15</v>
       </c>
       <c r="H263" t="s">
         <v>16</v>
       </c>
       <c r="I263" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="1">
         <v>46051.0</v>
       </c>
       <c r="B264" t="s">
         <v>18</v>
       </c>
-      <c r="C264" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D264" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E264" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F264" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="G264" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="H264" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="I264" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="1">
         <v>46051.0</v>
       </c>
       <c r="B265" t="s">
         <v>18</v>
       </c>
       <c r="C265" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D265" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E265" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F265" t="s">
         <v>20</v>
       </c>
       <c r="G265" t="s">
         <v>21</v>
       </c>
       <c r="H265" t="s">
         <v>22</v>
       </c>
       <c r="I265" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="1">
-        <v>46052.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B266" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="C266" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D266" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E266" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F266" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G266" t="s">
         <v>21</v>
       </c>
       <c r="H266" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I266" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="1">
         <v>46052.0</v>
       </c>
       <c r="B267" t="s">
         <v>25</v>
       </c>
       <c r="C267" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D267" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E267" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F267" t="s">
         <v>26</v>
       </c>
       <c r="G267" t="s">
         <v>21</v>
       </c>
       <c r="H267" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="I267" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="1">
         <v>46052.0</v>
       </c>
       <c r="B268" t="s">
         <v>25</v>
       </c>
+      <c r="C268" t="s">
+        <v>24</v>
+      </c>
       <c r="D268" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E268" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F268" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="G268" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H268" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="I268" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="1">
         <v>46052.0</v>
       </c>
       <c r="B269" t="s">
         <v>25</v>
       </c>
       <c r="D269" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E269" s="2">
-        <v>0.66319444444444</v>
+        <v>0.59375</v>
       </c>
       <c r="F269" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G269" t="s">
         <v>11</v>
       </c>
       <c r="H269" t="s">
         <v>32</v>
       </c>
       <c r="I269" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="1">
-        <v>46055.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B270" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D270" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E270" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66319444444444</v>
       </c>
       <c r="F270" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G270" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H270" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="I270" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="1">
         <v>46055.0</v>
       </c>
       <c r="B271" t="s">
         <v>35</v>
       </c>
+      <c r="C271" t="s">
+        <v>24</v>
+      </c>
       <c r="D271" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E271" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F271" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G271" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H271" t="s">
         <v>37</v>
       </c>
       <c r="I271" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="1">
         <v>46055.0</v>
       </c>
       <c r="B272" t="s">
         <v>35</v>
       </c>
       <c r="D272" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E272" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F272" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G272" t="s">
         <v>11</v>
       </c>
       <c r="H272" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I272" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" s="1">
-        <v>46056.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B273" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D273" s="2">
-        <v>0.41666666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E273" s="2">
-        <v>0.5</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F273" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="G273" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="H273" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="I273" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" s="1">
-        <v>46070.0</v>
+        <v>46056.0</v>
       </c>
       <c r="B274" t="s">
         <v>42</v>
       </c>
       <c r="D274" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E274" s="2">
         <v>0.5</v>
       </c>
       <c r="F274" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G274" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="H274" t="s">
         <v>37</v>
       </c>
       <c r="I274" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10">
+      <c r="A275" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B275" t="s">
+        <v>25</v>
+      </c>
+      <c r="D275" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E275" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F275" t="s">
+        <v>58</v>
+      </c>
+      <c r="G275" t="s">
+        <v>57</v>
+      </c>
+      <c r="H275" t="s">
+        <v>32</v>
+      </c>
+      <c r="I275" t="s">
         <v>33</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10">
+      <c r="A276" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B276" t="s">
+        <v>42</v>
+      </c>
+      <c r="D276" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E276" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F276" t="s">
+        <v>56</v>
+      </c>
+      <c r="G276" t="s">
+        <v>57</v>
+      </c>
+      <c r="H276" t="s">
+        <v>37</v>
+      </c>
+      <c r="I276" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="277" spans="1:10">
+      <c r="A277" s="1">
+        <v>46083.0</v>
+      </c>
+      <c r="B277" t="s">
+        <v>35</v>
+      </c>
+      <c r="D277" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E277" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F277" t="s">
+        <v>58</v>
+      </c>
+      <c r="G277" t="s">
+        <v>57</v>
+      </c>
+      <c r="H277" t="s">
+        <v>32</v>
+      </c>
+      <c r="I277" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>