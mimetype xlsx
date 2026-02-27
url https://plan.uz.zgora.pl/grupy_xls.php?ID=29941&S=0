--- v0 (2025-11-18)
+++ v1 (2026-02-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -138,50 +138,53 @@
     <t>Prawo wykroczeń (W)</t>
   </si>
   <si>
     <t>Prawo rodzinne i opiekuńcze (W)</t>
   </si>
   <si>
     <t>dr Piotr Zielonka</t>
   </si>
   <si>
     <t>202 A-41</t>
   </si>
   <si>
     <t>Prawo prywatne międzynarodowe (W)</t>
   </si>
   <si>
     <t>dr Magdalena Wasylkowska-Michór</t>
   </si>
   <si>
     <t>204 A-41</t>
   </si>
   <si>
     <t>Prawo wykroczeń (E)</t>
   </si>
   <si>
     <t>E</t>
+  </si>
+  <si>
+    <t>Po</t>
   </si>
   <si>
     <t>Prawo cywilne cz. 2 II (E)</t>
   </si>
   <si>
     <t>Prawa człowieka (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -3276,89 +3279,89 @@
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="D106" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="E106" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F106" t="s">
         <v>40</v>
       </c>
       <c r="G106" t="s">
         <v>41</v>
       </c>
       <c r="H106" t="s">
         <v>21</v>
       </c>
       <c r="I106" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
-        <v>46061.0</v>
+        <v>46062.0</v>
       </c>
       <c r="B107" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="D107" s="2">
-        <v>0.75</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E107" s="2">
-        <v>0.79166666666667</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F107" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G107" t="s">
         <v>41</v>
       </c>
       <c r="H107" t="s">
         <v>24</v>
       </c>
       <c r="I107" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>46067.0</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="D108" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E108" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="F108" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G108" t="s">
         <v>41</v>
       </c>
       <c r="H108" t="s">
         <v>15</v>
       </c>
       <c r="I108" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>46074.0</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="D109" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E109" s="2">
         <v>0.6875</v>
       </c>
       <c r="F109" t="s">
@@ -3366,77 +3369,77 @@
       </c>
       <c r="G109" t="s">
         <v>41</v>
       </c>
       <c r="H109" t="s">
         <v>21</v>
       </c>
       <c r="I109" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>46075.0</v>
       </c>
       <c r="B110" t="s">
         <v>22</v>
       </c>
       <c r="D110" s="2">
         <v>0.75</v>
       </c>
       <c r="E110" s="2">
         <v>0.79166666666667</v>
       </c>
       <c r="F110" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G110" t="s">
         <v>41</v>
       </c>
       <c r="H110" t="s">
         <v>24</v>
       </c>
       <c r="I110" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
         <v>46081.0</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="D111" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E111" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="F111" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G111" t="s">
         <v>41</v>
       </c>
       <c r="H111" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>