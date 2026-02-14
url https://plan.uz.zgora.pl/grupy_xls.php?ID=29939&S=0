--- v0 (2025-12-31)
+++ v1 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -168,50 +168,53 @@
     <t>Historia powszechna prawa (Ć)</t>
   </si>
   <si>
     <t>dr Justyna Michalska</t>
   </si>
   <si>
     <t>Ustrój organów ochrony prawnej (Ć)</t>
   </si>
   <si>
     <t>dr Anna Feja-Paszkiewicz</t>
   </si>
   <si>
     <t>204 A-41</t>
   </si>
   <si>
     <t>Prawo konstytucyjne I (W)</t>
   </si>
   <si>
     <t>dr hab. Ivan Pankevych, prof. UZ</t>
   </si>
   <si>
     <t>Prawo konstytucyjne I (Ć)</t>
   </si>
   <si>
     <t>A A-16</t>
+  </si>
+  <si>
+    <t>010 A-41</t>
   </si>
   <si>
     <t>Historia powszechna prawa (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>202 A-41</t>
   </si>
   <si>
     <t>Ustrój organów ochrony prawnej (E)</t>
   </si>
   <si>
     <t>Logika prawnicza (E)</t>
   </si>
   <si>
     <t>203 A-41</t>
   </si>
   <si>
     <t>Prawoznawstwo (E)</t>
   </si>
   <si>
     <t>103 A-41</t>
   </si>
@@ -3378,410 +3381,410 @@
       </c>
       <c r="E106" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F106" t="s">
         <v>50</v>
       </c>
       <c r="G106" t="s">
         <v>16</v>
       </c>
       <c r="H106" t="s">
         <v>49</v>
       </c>
       <c r="I106" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>46040.0</v>
       </c>
       <c r="B107" t="s">
         <v>25</v>
       </c>
       <c r="D107" s="2">
-        <v>0.38194444444444</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E107" s="2">
-        <v>0.45138888888889</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F107" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="G107" t="s">
         <v>16</v>
       </c>
       <c r="H107" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="I107" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>46040.0</v>
       </c>
       <c r="B108" t="s">
         <v>25</v>
       </c>
       <c r="D108" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E108" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F108" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G108" t="s">
         <v>16</v>
       </c>
       <c r="H108" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I108" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>46040.0</v>
       </c>
       <c r="B109" t="s">
         <v>25</v>
       </c>
       <c r="D109" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E109" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F109" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G109" t="s">
         <v>16</v>
       </c>
       <c r="H109" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I109" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>46040.0</v>
       </c>
       <c r="B110" t="s">
         <v>25</v>
       </c>
       <c r="D110" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E110" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F110" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G110" t="s">
         <v>16</v>
       </c>
       <c r="H110" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I110" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
         <v>46040.0</v>
       </c>
       <c r="B111" t="s">
         <v>25</v>
       </c>
       <c r="D111" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E111" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F111" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G111" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H111" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="I111" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
         <v>46040.0</v>
       </c>
       <c r="B112" t="s">
         <v>25</v>
       </c>
       <c r="D112" s="2">
-        <v>0.67708333333333</v>
+        <v>0.74652777777778</v>
       </c>
       <c r="E112" s="2">
-        <v>0.73958333333333</v>
+        <v>0.81597222222222</v>
       </c>
       <c r="F112" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="G112" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H112" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="I112" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
-        <v>46040.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B113" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="D113" s="2">
-        <v>0.74652777777778</v>
+        <v>0.3125</v>
       </c>
       <c r="E113" s="2">
-        <v>0.81597222222222</v>
+        <v>0.375</v>
       </c>
       <c r="F113" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="G113" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H113" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="I113" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>46053.0</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="D114" s="2">
-        <v>0.3125</v>
+        <v>0.38194444444444</v>
       </c>
       <c r="E114" s="2">
-        <v>0.375</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="F114" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G114" t="s">
         <v>11</v>
       </c>
       <c r="H114" t="s">
         <v>12</v>
       </c>
       <c r="I114" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>46053.0</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="D115" s="2">
-        <v>0.38194444444444</v>
+        <v>0.45486111111111</v>
       </c>
       <c r="E115" s="2">
-        <v>0.44444444444444</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F115" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G115" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H115" t="s">
         <v>12</v>
       </c>
       <c r="I115" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
         <v>46053.0</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
+      <c r="C116" t="s">
+        <v>17</v>
+      </c>
       <c r="D116" s="2">
-        <v>0.45486111111111</v>
+        <v>0.53125</v>
       </c>
       <c r="E116" s="2">
-        <v>0.51736111111111</v>
+        <v>0.59375</v>
       </c>
       <c r="F116" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G116" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="H116" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I116" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>46053.0</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D117" s="2">
         <v>0.53125</v>
       </c>
       <c r="E117" s="2">
         <v>0.59375</v>
       </c>
       <c r="F117" t="s">
         <v>18</v>
       </c>
       <c r="G117" t="s">
         <v>19</v>
       </c>
       <c r="H117" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I117" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
         <v>46053.0</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
-      <c r="C118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D118" s="2">
-        <v>0.53125</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E118" s="2">
-        <v>0.59375</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="F118" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="G118" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H118" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="I118" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>46053.0</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="D119" s="2">
-        <v>0.60763888888889</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E119" s="2">
-        <v>0.67013888888889</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F119" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G119" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H119" t="s">
         <v>49</v>
       </c>
       <c r="I119" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
-        <v>46053.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B120" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D120" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E120" s="2">
-        <v>0.73958333333333</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F120" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="G120" t="s">
         <v>16</v>
       </c>
       <c r="H120" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="I120" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>46054.0</v>
       </c>
       <c r="B121" t="s">
         <v>25</v>
       </c>
       <c r="D121" s="2">
         <v>0.38888888888889</v>
       </c>
       <c r="E121" s="2">
         <v>0.44444444444444</v>
       </c>
       <c r="F121" t="s">
         <v>26</v>
       </c>
       <c r="G121" t="s">
         <v>11</v>
       </c>
       <c r="H121" t="s">
         <v>27</v>
       </c>
       <c r="I121" t="s">
@@ -3936,236 +3939,236 @@
       </c>
       <c r="G127" t="s">
         <v>16</v>
       </c>
       <c r="H127" t="s">
         <v>42</v>
       </c>
       <c r="I127" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
         <v>46060.0</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="D128" s="2">
         <v>0.375</v>
       </c>
       <c r="E128" s="2">
         <v>0.4375</v>
       </c>
       <c r="F128" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G128" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H128" t="s">
         <v>27</v>
       </c>
       <c r="I128" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>46061.0</v>
       </c>
       <c r="B129" t="s">
         <v>25</v>
       </c>
       <c r="D129" s="2">
         <v>0.44444444444444</v>
       </c>
       <c r="E129" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F129" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G129" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H129" t="s">
         <v>44</v>
       </c>
       <c r="I129" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>46067.0</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="D130" s="2">
         <v>0.5</v>
       </c>
       <c r="E130" s="2">
         <v>0.5625</v>
       </c>
       <c r="F130" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G130" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H130" t="s">
         <v>12</v>
       </c>
       <c r="I130" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>46067.0</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="D131" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E131" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F131" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G131" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H131" t="s">
         <v>12</v>
       </c>
       <c r="I131" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>46074.0</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="D132" s="2">
         <v>0.375</v>
       </c>
       <c r="E132" s="2">
         <v>0.4375</v>
       </c>
       <c r="F132" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G132" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H132" t="s">
         <v>27</v>
       </c>
       <c r="I132" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>46075.0</v>
       </c>
       <c r="B133" t="s">
         <v>25</v>
       </c>
       <c r="D133" s="2">
         <v>0.5</v>
       </c>
       <c r="E133" s="2">
         <v>0.5625</v>
       </c>
       <c r="F133" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G133" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H133" t="s">
         <v>12</v>
       </c>
       <c r="I133" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
         <v>46075.0</v>
       </c>
       <c r="B134" t="s">
         <v>25</v>
       </c>
       <c r="D134" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="E134" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F134" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G134" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H134" t="s">
         <v>12</v>
       </c>
       <c r="I134" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
         <v>46081.0</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="D135" s="2">
         <v>0.44444444444444</v>
       </c>
       <c r="E135" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F135" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G135" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H135" t="s">
         <v>44</v>
       </c>
       <c r="I135" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>