--- v0 (2026-01-09)
+++ v1 (2026-02-26)
@@ -2946,51 +2946,51 @@
       </c>
       <c r="I91" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
         <v>46054.0</v>
       </c>
       <c r="B92" t="s">
         <v>24</v>
       </c>
       <c r="D92" s="2">
         <v>0.38888888888889</v>
       </c>
       <c r="E92" s="2">
         <v>0.44444444444444</v>
       </c>
       <c r="F92" t="s">
         <v>29</v>
       </c>
       <c r="G92" t="s">
         <v>15</v>
       </c>
       <c r="H92" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="I92" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>46054.0</v>
       </c>
       <c r="B93" t="s">
         <v>24</v>
       </c>
       <c r="D93" s="2">
         <v>0.46180555555556</v>
       </c>
       <c r="E93" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="F93" t="s">
         <v>31</v>
       </c>
       <c r="G93" t="s">
         <v>15</v>
       </c>
       <c r="H93" t="s">