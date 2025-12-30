--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -197,60 +197,72 @@
   <si>
     <t>dr Anna Feja-Paszkiewicz</t>
   </si>
   <si>
     <t>Historia powszechna prawa (Ć)</t>
   </si>
   <si>
     <t>001 A-41</t>
   </si>
   <si>
     <t>mgr Dawid Lewandowski; dr hab. Martyna Łaszewska-Hellriegel, prof. UZ</t>
   </si>
   <si>
     <t>004 A-41</t>
   </si>
   <si>
     <t>Prawo konstytucyjne I (W)</t>
   </si>
   <si>
     <t>dr hab. Andrzej Bisztyga, prof. UZ</t>
   </si>
   <si>
     <t>dr hab. Jarosław Kuczer, prof. UZ; dr hab. Bernadetta Nitschke-Szram, prof. UZ</t>
   </si>
   <si>
+    <t>prof. dr hab. Bohdan Halczak; dr hab. Bernadetta Nitschke-Szram, prof. UZ</t>
+  </si>
+  <si>
+    <t>203 A-41</t>
+  </si>
+  <si>
     <t>324 A-16</t>
   </si>
   <si>
+    <t>202 A-41</t>
+  </si>
+  <si>
     <t>Ustrój organów ochrony prawnej (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Historia powszechna prawa (E)</t>
+  </si>
+  <si>
+    <t>Logika prawnicza (E)</t>
   </si>
   <si>
     <t>Prawoznawstwo (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -561,54 +573,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J211"/>
+  <dimension ref="A1:J213"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E211" sqref="E211"/>
+      <selection activeCell="E213" sqref="E213"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3446,277 +3458,277 @@
       </c>
       <c r="B110" t="s">
         <v>51</v>
       </c>
       <c r="D110" s="2">
         <v>0.53125</v>
       </c>
       <c r="E110" s="2">
         <v>0.65972222222222</v>
       </c>
       <c r="F110" t="s">
         <v>58</v>
       </c>
       <c r="G110" t="s">
         <v>26</v>
       </c>
       <c r="H110" t="s">
         <v>59</v>
       </c>
       <c r="I110" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
-        <v>45989.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B111" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D111" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E111" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F111" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G111" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H111" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="I111" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
         <v>45992.0</v>
       </c>
       <c r="B112" t="s">
         <v>29</v>
       </c>
       <c r="D112" s="2">
-        <v>0.40625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E112" s="2">
-        <v>0.46875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F112" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G112" t="s">
         <v>15</v>
       </c>
       <c r="H112" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="I112" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>45992.0</v>
       </c>
       <c r="B113" t="s">
         <v>29</v>
       </c>
+      <c r="C113" t="s">
+        <v>39</v>
+      </c>
       <c r="D113" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E113" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F113" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G113" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="H113" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="I113" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>45992.0</v>
       </c>
       <c r="B114" t="s">
         <v>29</v>
       </c>
       <c r="C114" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D114" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E114" s="2">
-        <v>0.6875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F114" t="s">
         <v>40</v>
       </c>
       <c r="G114" t="s">
         <v>41</v>
       </c>
       <c r="H114" t="s">
         <v>42</v>
       </c>
       <c r="I114" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>45992.0</v>
       </c>
       <c r="B115" t="s">
         <v>29</v>
       </c>
-      <c r="C115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D115" s="2">
-        <v>0.69791666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E115" s="2">
-        <v>0.76041666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F115" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="G115" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="H115" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="I115" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B116" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="D116" s="2">
-        <v>0.77083333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E116" s="2">
-        <v>0.83333333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F116" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G116" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>45993.0</v>
       </c>
       <c r="B117" t="s">
         <v>46</v>
       </c>
       <c r="D117" s="2">
-        <v>0.33333333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E117" s="2">
-        <v>0.58333333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F117" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G117" t="s">
-        <v>15</v>
+        <v>26</v>
+      </c>
+      <c r="H117" t="s">
+        <v>49</v>
+      </c>
+      <c r="I117" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
         <v>45993.0</v>
       </c>
       <c r="B118" t="s">
         <v>46</v>
       </c>
       <c r="D118" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E118" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F118" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G118" t="s">
         <v>26</v>
       </c>
       <c r="H118" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="I118" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>45993.0</v>
       </c>
       <c r="B119" t="s">
         <v>46</v>
       </c>
       <c r="D119" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E119" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F119" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="G119" t="s">
         <v>26</v>
       </c>
       <c r="H119" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="I119" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
         <v>45994.0</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="D120" s="2">
         <v>0.53125</v>
       </c>
       <c r="E120" s="2">
         <v>0.59375</v>
       </c>
       <c r="F120" t="s">
         <v>14</v>
       </c>
       <c r="G120" t="s">
         <v>15</v>
       </c>
       <c r="H120" t="s">
@@ -3764,404 +3776,404 @@
       </c>
       <c r="E122" s="2">
         <v>0.66319444444444</v>
       </c>
       <c r="F122" t="s">
         <v>52</v>
       </c>
       <c r="G122" t="s">
         <v>15</v>
       </c>
       <c r="H122" t="s">
         <v>53</v>
       </c>
       <c r="I122" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
         <v>45996.0</v>
       </c>
       <c r="B123" t="s">
         <v>24</v>
       </c>
       <c r="D123" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E123" s="2">
-        <v>0.37847222222222</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F123" t="s">
         <v>54</v>
       </c>
       <c r="G123" t="s">
         <v>15</v>
       </c>
       <c r="H123" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I123" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
-        <v>45996.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B124" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D124" s="2">
-        <v>0.38541666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E124" s="2">
-        <v>0.45138888888889</v>
+        <v>0.46875</v>
       </c>
       <c r="F124" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="G124" t="s">
         <v>15</v>
       </c>
       <c r="H124" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="I124" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
         <v>45999.0</v>
       </c>
       <c r="B125" t="s">
         <v>29</v>
       </c>
       <c r="D125" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E125" s="2">
-        <v>0.46875</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F125" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G125" t="s">
         <v>15</v>
       </c>
       <c r="H125" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="I125" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
         <v>45999.0</v>
       </c>
       <c r="B126" t="s">
         <v>29</v>
       </c>
       <c r="D126" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E126" s="2">
-        <v>0.54513888888889</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F126" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G126" t="s">
         <v>15</v>
       </c>
       <c r="H126" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="I126" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
         <v>45999.0</v>
       </c>
       <c r="B127" t="s">
         <v>29</v>
       </c>
+      <c r="C127" t="s">
+        <v>39</v>
+      </c>
       <c r="D127" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E127" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F127" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G127" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="H127" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="I127" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
         <v>45999.0</v>
       </c>
       <c r="B128" t="s">
         <v>29</v>
       </c>
       <c r="C128" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D128" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E128" s="2">
-        <v>0.6875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F128" t="s">
         <v>40</v>
       </c>
       <c r="G128" t="s">
         <v>41</v>
       </c>
       <c r="H128" t="s">
         <v>42</v>
       </c>
       <c r="I128" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>45999.0</v>
       </c>
       <c r="B129" t="s">
         <v>29</v>
       </c>
-      <c r="C129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D129" s="2">
-        <v>0.69791666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E129" s="2">
-        <v>0.76041666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F129" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="G129" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="H129" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="I129" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
-        <v>45999.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B130" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="D130" s="2">
-        <v>0.77083333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E130" s="2">
-        <v>0.83333333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F130" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G130" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>46000.0</v>
       </c>
       <c r="B131" t="s">
         <v>46</v>
       </c>
       <c r="D131" s="2">
-        <v>0.33333333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E131" s="2">
-        <v>0.58333333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F131" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G131" t="s">
-        <v>15</v>
+        <v>26</v>
+      </c>
+      <c r="H131" t="s">
+        <v>49</v>
+      </c>
+      <c r="I131" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>46000.0</v>
       </c>
       <c r="B132" t="s">
         <v>46</v>
       </c>
       <c r="D132" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E132" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F132" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G132" t="s">
         <v>26</v>
       </c>
       <c r="H132" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="I132" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
-        <v>46000.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B133" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="D133" s="2">
-        <v>0.67708333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E133" s="2">
-        <v>0.73958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F133" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G133" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H133" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="I133" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
         <v>46001.0</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="D134" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E134" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F134" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G134" t="s">
         <v>15</v>
       </c>
       <c r="H134" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="I134" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
         <v>46001.0</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="D135" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E135" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F135" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G135" t="s">
         <v>15</v>
       </c>
       <c r="H135" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="I135" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B136" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="D136" s="2">
-        <v>0.67708333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E136" s="2">
-        <v>0.73958333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F136" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G136" t="s">
         <v>15</v>
       </c>
       <c r="H136" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="I136" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>46002.0</v>
       </c>
       <c r="B137" t="s">
         <v>51</v>
       </c>
       <c r="D137" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E137" s="2">
         <v>0.66319444444444</v>
       </c>
       <c r="F137" t="s">
         <v>52</v>
       </c>
       <c r="G137" t="s">
         <v>15</v>
       </c>
       <c r="H137" t="s">
         <v>53</v>
       </c>
       <c r="I137" t="s">
@@ -4169,74 +4181,74 @@
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>46003.0</v>
       </c>
       <c r="B138" t="s">
         <v>24</v>
       </c>
       <c r="D138" s="2">
         <v>0.40625</v>
       </c>
       <c r="E138" s="2">
         <v>0.46875</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
         <v>15</v>
       </c>
       <c r="H138" t="s">
         <v>22</v>
       </c>
       <c r="I138" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
         <v>46003.0</v>
       </c>
       <c r="B139" t="s">
         <v>24</v>
       </c>
       <c r="D139" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E139" s="2">
         <v>0.53819444444444</v>
       </c>
       <c r="F139" t="s">
         <v>25</v>
       </c>
       <c r="G139" t="s">
         <v>26</v>
       </c>
       <c r="H139" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I139" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
         <v>46006.0</v>
       </c>
       <c r="B140" t="s">
         <v>29</v>
       </c>
       <c r="D140" s="2">
         <v>0.40625</v>
       </c>
       <c r="E140" s="2">
         <v>0.46875</v>
       </c>
       <c r="F140" t="s">
         <v>30</v>
       </c>
       <c r="G140" t="s">
         <v>15</v>
       </c>
       <c r="H140" t="s">
@@ -4570,92 +4582,92 @@
       </c>
       <c r="E153" s="2">
         <v>0.65972222222222</v>
       </c>
       <c r="F153" t="s">
         <v>58</v>
       </c>
       <c r="G153" t="s">
         <v>26</v>
       </c>
       <c r="H153" t="s">
         <v>59</v>
       </c>
       <c r="I153" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="1">
         <v>46010.0</v>
       </c>
       <c r="B154" t="s">
         <v>24</v>
       </c>
       <c r="D154" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E154" s="2">
-        <v>0.37847222222222</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F154" t="s">
         <v>54</v>
       </c>
       <c r="G154" t="s">
         <v>15</v>
       </c>
       <c r="H154" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I154" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
         <v>46010.0</v>
       </c>
       <c r="B155" t="s">
         <v>24</v>
       </c>
       <c r="D155" s="2">
-        <v>0.38541666666667</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E155" s="2">
-        <v>0.45138888888889</v>
+        <v>0.59375</v>
       </c>
       <c r="F155" t="s">
         <v>54</v>
       </c>
       <c r="G155" t="s">
         <v>15</v>
       </c>
       <c r="H155" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I155" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
         <v>46029.0</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="D156" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E156" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F156" t="s">
         <v>47</v>
       </c>
       <c r="G156" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="1">
         <v>46029.0</v>
@@ -5928,189 +5940,241 @@
       </c>
       <c r="G205" t="s">
         <v>26</v>
       </c>
       <c r="H205" t="s">
         <v>37</v>
       </c>
       <c r="I205" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="1">
         <v>46056.0</v>
       </c>
       <c r="B206" t="s">
         <v>46</v>
       </c>
       <c r="D206" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E206" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F206" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="G206" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H206" t="s">
         <v>37</v>
       </c>
       <c r="I206" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="1">
         <v>46059.0</v>
       </c>
       <c r="B207" t="s">
         <v>24</v>
       </c>
       <c r="D207" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E207" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F207" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="G207" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H207" t="s">
         <v>27</v>
       </c>
       <c r="I207" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="1">
-        <v>46064.0</v>
+        <v>46062.0</v>
       </c>
       <c r="B208" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="D208" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E208" s="2">
-        <v>0.5</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F208" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G208" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H208" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="I208" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="1">
-        <v>46072.0</v>
+        <v>46064.0</v>
       </c>
       <c r="B209" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="D209" s="2">
-        <v>0.33333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E209" s="2">
         <v>0.5</v>
       </c>
       <c r="F209" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="G209" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H209" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="I209" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
-        <v>46077.0</v>
+        <v>46070.0</v>
       </c>
       <c r="B210" t="s">
         <v>46</v>
       </c>
       <c r="D210" s="2">
-        <v>0.54166666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E210" s="2">
-        <v>0.58333333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F210" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G210" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H210" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="I210" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="1">
+        <v>46072.0</v>
+      </c>
+      <c r="B211" t="s">
+        <v>51</v>
+      </c>
+      <c r="D211" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E211" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F211" t="s">
+        <v>67</v>
+      </c>
+      <c r="G211" t="s">
+        <v>66</v>
+      </c>
+      <c r="H211" t="s">
+        <v>27</v>
+      </c>
+      <c r="I211" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="212" spans="1:10">
+      <c r="A212" s="1">
+        <v>46077.0</v>
+      </c>
+      <c r="B212" t="s">
+        <v>46</v>
+      </c>
+      <c r="D212" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E212" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F212" t="s">
+        <v>69</v>
+      </c>
+      <c r="G212" t="s">
+        <v>66</v>
+      </c>
+      <c r="H212" t="s">
+        <v>49</v>
+      </c>
+      <c r="I212" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="213" spans="1:10">
+      <c r="A213" s="1">
         <v>46078.0</v>
       </c>
-      <c r="B211" t="s">
+      <c r="B213" t="s">
         <v>9</v>
       </c>
-      <c r="D211" s="2">
+      <c r="D213" s="2">
         <v>0.44791666666667</v>
       </c>
-      <c r="E211" s="2">
+      <c r="E213" s="2">
         <v>0.47916666666667</v>
       </c>
-      <c r="F211" t="s">
-[...5 lines deleted...]
-      <c r="H211" t="s">
+      <c r="F213" t="s">
+        <v>65</v>
+      </c>
+      <c r="G213" t="s">
+        <v>66</v>
+      </c>
+      <c r="H213" t="s">
         <v>37</v>
       </c>
-      <c r="I211" t="s">
+      <c r="I213" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>