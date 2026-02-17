--- v1 (2025-12-30)
+++ v2 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -207,50 +207,53 @@
     <t>mgr Dawid Lewandowski; dr hab. Martyna Łaszewska-Hellriegel, prof. UZ</t>
   </si>
   <si>
     <t>004 A-41</t>
   </si>
   <si>
     <t>Prawo konstytucyjne I (W)</t>
   </si>
   <si>
     <t>dr hab. Andrzej Bisztyga, prof. UZ</t>
   </si>
   <si>
     <t>dr hab. Jarosław Kuczer, prof. UZ; dr hab. Bernadetta Nitschke-Szram, prof. UZ</t>
   </si>
   <si>
     <t>prof. dr hab. Bohdan Halczak; dr hab. Bernadetta Nitschke-Szram, prof. UZ</t>
   </si>
   <si>
     <t>203 A-41</t>
   </si>
   <si>
     <t>324 A-16</t>
   </si>
   <si>
     <t>202 A-41</t>
+  </si>
+  <si>
+    <t>217 A-20; 345 A-16</t>
   </si>
   <si>
     <t>Ustrój organów ochrony prawnej (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Historia powszechna prawa (E)</t>
   </si>
   <si>
     <t>Logika prawnicza (E)</t>
   </si>
   <si>
     <t>Prawoznawstwo (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
@@ -589,51 +592,51 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J213"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E213" sqref="E213"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="93.12" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -5038,433 +5041,433 @@
       </c>
       <c r="B171" t="s">
         <v>51</v>
       </c>
       <c r="D171" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E171" s="2">
         <v>0.66319444444444</v>
       </c>
       <c r="F171" t="s">
         <v>52</v>
       </c>
       <c r="G171" t="s">
         <v>15</v>
       </c>
       <c r="H171" t="s">
         <v>53</v>
       </c>
       <c r="I171" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
-        <v>46038.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B172" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D172" s="2">
-        <v>0.38541666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E172" s="2">
-        <v>0.45138888888889</v>
+        <v>0.46875</v>
       </c>
       <c r="F172" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="G172" t="s">
         <v>15</v>
       </c>
       <c r="H172" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I172" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
         <v>46041.0</v>
       </c>
       <c r="B173" t="s">
         <v>29</v>
       </c>
       <c r="D173" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E173" s="2">
-        <v>0.46875</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F173" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G173" t="s">
         <v>15</v>
       </c>
       <c r="H173" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="I173" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>46041.0</v>
       </c>
       <c r="B174" t="s">
         <v>29</v>
       </c>
       <c r="D174" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E174" s="2">
-        <v>0.54513888888889</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F174" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G174" t="s">
         <v>15</v>
       </c>
       <c r="H174" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="I174" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="1">
         <v>46041.0</v>
       </c>
       <c r="B175" t="s">
         <v>29</v>
       </c>
+      <c r="C175" t="s">
+        <v>39</v>
+      </c>
       <c r="D175" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E175" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F175" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G175" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="H175" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="I175" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="1">
         <v>46041.0</v>
       </c>
       <c r="B176" t="s">
         <v>29</v>
       </c>
       <c r="C176" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D176" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E176" s="2">
-        <v>0.6875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F176" t="s">
         <v>40</v>
       </c>
       <c r="G176" t="s">
         <v>41</v>
       </c>
       <c r="H176" t="s">
         <v>42</v>
       </c>
       <c r="I176" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
         <v>46041.0</v>
       </c>
       <c r="B177" t="s">
         <v>29</v>
       </c>
-      <c r="C177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D177" s="2">
-        <v>0.69791666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E177" s="2">
-        <v>0.76041666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F177" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="G177" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="H177" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="I177" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B178" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="D178" s="2">
-        <v>0.77083333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E178" s="2">
-        <v>0.83333333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F178" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G178" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>46042.0</v>
       </c>
       <c r="B179" t="s">
         <v>46</v>
       </c>
       <c r="D179" s="2">
-        <v>0.33333333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E179" s="2">
-        <v>0.58333333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F179" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G179" t="s">
-        <v>15</v>
+        <v>26</v>
+      </c>
+      <c r="H179" t="s">
+        <v>49</v>
+      </c>
+      <c r="I179" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
         <v>46042.0</v>
       </c>
       <c r="B180" t="s">
         <v>46</v>
       </c>
       <c r="D180" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E180" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F180" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G180" t="s">
         <v>26</v>
       </c>
       <c r="H180" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="I180" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B181" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="D181" s="2">
-        <v>0.67708333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E181" s="2">
-        <v>0.73958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F181" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G181" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H181" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="I181" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
         <v>46043.0</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="D182" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E182" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F182" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G182" t="s">
         <v>15</v>
       </c>
       <c r="H182" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="I182" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
         <v>46043.0</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="D183" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E183" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F183" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G183" t="s">
         <v>15</v>
       </c>
       <c r="H183" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="I183" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B184" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="D184" s="2">
-        <v>0.67708333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E184" s="2">
-        <v>0.73958333333333</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F184" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="G184" t="s">
         <v>15</v>
       </c>
       <c r="H184" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="I184" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>46044.0</v>
       </c>
       <c r="B185" t="s">
         <v>51</v>
       </c>
       <c r="D185" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E185" s="2">
         <v>0.66319444444444</v>
       </c>
       <c r="F185" t="s">
         <v>52</v>
       </c>
       <c r="G185" t="s">
         <v>15</v>
       </c>
       <c r="H185" t="s">
         <v>53</v>
       </c>
       <c r="I185" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>46045.0</v>
       </c>
       <c r="B186" t="s">
         <v>24</v>
       </c>
       <c r="D186" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E186" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F186" t="s">
         <v>25</v>
       </c>
       <c r="G186" t="s">
         <v>26</v>
       </c>
       <c r="H186" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="I186" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
         <v>46048.0</v>
       </c>
       <c r="B187" t="s">
         <v>29</v>
       </c>
       <c r="D187" s="2">
         <v>0.40625</v>
       </c>
       <c r="E187" s="2">
         <v>0.46875</v>
       </c>
       <c r="F187" t="s">
         <v>30</v>
       </c>
       <c r="G187" t="s">
         <v>15</v>
       </c>
       <c r="H187" t="s">
@@ -5784,51 +5787,51 @@
       </c>
       <c r="I199" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="1">
         <v>46052.0</v>
       </c>
       <c r="B200" t="s">
         <v>24</v>
       </c>
       <c r="D200" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E200" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F200" t="s">
         <v>25</v>
       </c>
       <c r="G200" t="s">
         <v>26</v>
       </c>
       <c r="H200" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="I200" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="1">
         <v>46055.0</v>
       </c>
       <c r="B201" t="s">
         <v>29</v>
       </c>
       <c r="D201" s="2">
         <v>0.40625</v>
       </c>
       <c r="E201" s="2">
         <v>0.46875</v>
       </c>
       <c r="F201" t="s">
         <v>30</v>
       </c>
       <c r="G201" t="s">
         <v>15</v>
       </c>
       <c r="H201" t="s">
@@ -5868,308 +5871,308 @@
       <c r="A203" s="1">
         <v>46055.0</v>
       </c>
       <c r="B203" t="s">
         <v>29</v>
       </c>
       <c r="C203" t="s">
         <v>39</v>
       </c>
       <c r="D203" s="2">
         <v>0.625</v>
       </c>
       <c r="E203" s="2">
         <v>0.6875</v>
       </c>
       <c r="F203" t="s">
         <v>40</v>
       </c>
       <c r="G203" t="s">
         <v>41</v>
       </c>
       <c r="H203" t="s">
         <v>42</v>
       </c>
       <c r="I203" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="1">
         <v>46055.0</v>
       </c>
       <c r="B204" t="s">
         <v>29</v>
       </c>
       <c r="C204" t="s">
         <v>44</v>
       </c>
       <c r="D204" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E204" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F204" t="s">
         <v>40</v>
       </c>
       <c r="G204" t="s">
         <v>41</v>
       </c>
       <c r="H204" t="s">
         <v>42</v>
       </c>
       <c r="I204" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="1">
         <v>46055.0</v>
       </c>
       <c r="B205" t="s">
         <v>29</v>
       </c>
       <c r="D205" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="E205" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F205" t="s">
         <v>45</v>
       </c>
       <c r="G205" t="s">
         <v>26</v>
       </c>
       <c r="H205" t="s">
         <v>37</v>
       </c>
       <c r="I205" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="1">
         <v>46056.0</v>
       </c>
       <c r="B206" t="s">
         <v>46</v>
       </c>
       <c r="D206" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E206" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F206" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G206" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H206" t="s">
         <v>37</v>
       </c>
       <c r="I206" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="1">
         <v>46059.0</v>
       </c>
       <c r="B207" t="s">
         <v>24</v>
       </c>
       <c r="D207" s="2">
-        <v>0.33333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E207" s="2">
-        <v>0.83333333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F207" t="s">
+        <v>68</v>
+      </c>
+      <c r="G207" t="s">
         <v>67</v>
       </c>
-      <c r="G207" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H207" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="I207" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="1">
         <v>46062.0</v>
       </c>
       <c r="B208" t="s">
         <v>29</v>
       </c>
       <c r="D208" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E208" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F208" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G208" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H208" t="s">
         <v>19</v>
       </c>
       <c r="I208" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="1">
         <v>46064.0</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="D209" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E209" s="2">
         <v>0.5</v>
       </c>
       <c r="F209" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G209" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H209" t="s">
         <v>49</v>
       </c>
       <c r="I209" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
         <v>46070.0</v>
       </c>
       <c r="B210" t="s">
         <v>46</v>
       </c>
       <c r="D210" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E210" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F210" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G210" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H210" t="s">
         <v>19</v>
       </c>
       <c r="I210" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="1">
         <v>46072.0</v>
       </c>
       <c r="B211" t="s">
         <v>51</v>
       </c>
       <c r="D211" s="2">
-        <v>0.33333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E211" s="2">
-        <v>0.5</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F211" t="s">
+        <v>68</v>
+      </c>
+      <c r="G211" t="s">
         <v>67</v>
       </c>
-      <c r="G211" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H211" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="I211" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
         <v>46077.0</v>
       </c>
       <c r="B212" t="s">
         <v>46</v>
       </c>
       <c r="D212" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E212" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F212" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G212" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H212" t="s">
         <v>49</v>
       </c>
       <c r="I212" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="1">
         <v>46078.0</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="D213" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E213" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="F213" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G213" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H213" t="s">
         <v>37</v>
       </c>
       <c r="I213" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>