--- v0 (2025-12-30)
+++ v1 (2026-02-16)
@@ -5385,77 +5385,77 @@
       </c>
       <c r="I184" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>46045.0</v>
       </c>
       <c r="B185" t="s">
         <v>24</v>
       </c>
       <c r="D185" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E185" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F185" t="s">
         <v>25</v>
       </c>
       <c r="G185" t="s">
         <v>26</v>
       </c>
       <c r="H185" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="I185" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>46045.0</v>
       </c>
       <c r="B186" t="s">
         <v>24</v>
       </c>
       <c r="D186" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E186" s="2">
         <v>0.61111111111111</v>
       </c>
       <c r="F186" t="s">
         <v>29</v>
       </c>
       <c r="G186" t="s">
         <v>15</v>
       </c>
       <c r="H186" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="I186" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
         <v>46045.0</v>
       </c>
       <c r="B187" t="s">
         <v>24</v>
       </c>
       <c r="C187" t="s">
         <v>30</v>
       </c>
       <c r="D187" s="2">
         <v>0.625</v>
       </c>
       <c r="E187" s="2">
         <v>0.6875</v>
       </c>
       <c r="F187" t="s">
         <v>31</v>
       </c>
       <c r="G187" t="s">
@@ -5775,77 +5775,77 @@
       </c>
       <c r="I199" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="1">
         <v>46052.0</v>
       </c>
       <c r="B200" t="s">
         <v>24</v>
       </c>
       <c r="D200" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E200" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F200" t="s">
         <v>25</v>
       </c>
       <c r="G200" t="s">
         <v>26</v>
       </c>
       <c r="H200" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="I200" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="1">
         <v>46052.0</v>
       </c>
       <c r="B201" t="s">
         <v>24</v>
       </c>
       <c r="D201" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E201" s="2">
         <v>0.61111111111111</v>
       </c>
       <c r="F201" t="s">
         <v>29</v>
       </c>
       <c r="G201" t="s">
         <v>15</v>
       </c>
       <c r="H201" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="I201" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="1">
         <v>46052.0</v>
       </c>
       <c r="B202" t="s">
         <v>24</v>
       </c>
       <c r="C202" t="s">
         <v>30</v>
       </c>
       <c r="D202" s="2">
         <v>0.625</v>
       </c>
       <c r="E202" s="2">
         <v>0.6875</v>
       </c>
       <c r="F202" t="s">
         <v>31</v>
       </c>
       <c r="G202" t="s">
@@ -5977,63 +5977,63 @@
       </c>
       <c r="E207" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F207" t="s">
         <v>62</v>
       </c>
       <c r="G207" t="s">
         <v>63</v>
       </c>
       <c r="H207" t="s">
         <v>38</v>
       </c>
       <c r="I207" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="1">
         <v>46059.0</v>
       </c>
       <c r="B208" t="s">
         <v>24</v>
       </c>
       <c r="D208" s="2">
-        <v>0.33333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E208" s="2">
-        <v>0.83333333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F208" t="s">
         <v>64</v>
       </c>
       <c r="G208" t="s">
         <v>63</v>
       </c>
       <c r="H208" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="I208" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="1">
         <v>46062.0</v>
       </c>
       <c r="B209" t="s">
         <v>36</v>
       </c>
       <c r="D209" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E209" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F209" t="s">
         <v>65</v>
       </c>
       <c r="G209" t="s">
         <v>63</v>
       </c>
       <c r="H209" t="s">
@@ -6081,63 +6081,63 @@
       </c>
       <c r="E211" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F211" t="s">
         <v>65</v>
       </c>
       <c r="G211" t="s">
         <v>63</v>
       </c>
       <c r="H211" t="s">
         <v>19</v>
       </c>
       <c r="I211" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
         <v>46072.0</v>
       </c>
       <c r="B212" t="s">
         <v>52</v>
       </c>
       <c r="D212" s="2">
-        <v>0.33333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E212" s="2">
-        <v>0.5</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F212" t="s">
         <v>64</v>
       </c>
       <c r="G212" t="s">
         <v>63</v>
       </c>
       <c r="H212" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="I212" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="1">
         <v>46077.0</v>
       </c>
       <c r="B213" t="s">
         <v>47</v>
       </c>
       <c r="D213" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E213" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F213" t="s">
         <v>66</v>
       </c>
       <c r="G213" t="s">
         <v>63</v>
       </c>
       <c r="H213" t="s">