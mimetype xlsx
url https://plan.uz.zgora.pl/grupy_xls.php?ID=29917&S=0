--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -194,57 +194,69 @@
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>Ustrój organów ochrony prawnej (Ć)</t>
   </si>
   <si>
     <t>dr Anna Feja-Paszkiewicz</t>
   </si>
   <si>
     <t>mgr Dawid Lewandowski; dr hab. Martyna Łaszewska-Hellriegel, prof. UZ</t>
   </si>
   <si>
     <t>Prawo konstytucyjne I (W)</t>
   </si>
   <si>
     <t>dr hab. Andrzej Bisztyga, prof. UZ</t>
   </si>
   <si>
     <t>001 A-41</t>
   </si>
   <si>
     <t>dr hab. Jarosław Kuczer, prof. UZ; dr hab. Bernadetta Nitschke-Szram, prof. UZ</t>
   </si>
   <si>
+    <t>prof. dr hab. Bohdan Halczak; dr hab. Bernadetta Nitschke-Szram, prof. UZ</t>
+  </si>
+  <si>
+    <t>204 A-41</t>
+  </si>
+  <si>
+    <t>203 A-41</t>
+  </si>
+  <si>
     <t>Ustrój organów ochrony prawnej (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Historia powszechna prawa (E)</t>
+  </si>
+  <si>
+    <t>Logika prawnicza (E)</t>
   </si>
   <si>
     <t>Prawoznawstwo (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -555,54 +567,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J212"/>
+  <dimension ref="A1:J214"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E212" sqref="E212"/>
+      <selection activeCell="E214" sqref="E214"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3440,410 +3452,410 @@
       </c>
       <c r="B110" t="s">
         <v>52</v>
       </c>
       <c r="D110" s="2">
         <v>0.53125</v>
       </c>
       <c r="E110" s="2">
         <v>0.65972222222222</v>
       </c>
       <c r="F110" t="s">
         <v>56</v>
       </c>
       <c r="G110" t="s">
         <v>29</v>
       </c>
       <c r="H110" t="s">
         <v>57</v>
       </c>
       <c r="I110" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
-        <v>45989.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B111" t="s">
-        <v>24</v>
+        <v>30</v>
+      </c>
+      <c r="C111" t="s">
+        <v>31</v>
       </c>
       <c r="D111" s="2">
-        <v>0.39583333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E111" s="2">
-        <v>0.45486111111111</v>
+        <v>0.46875</v>
       </c>
       <c r="F111" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="G111" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="H111" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="I111" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
-        <v>45989.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B112" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D112" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E112" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F112" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="G112" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H112" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="I112" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
-        <v>45989.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B113" t="s">
-        <v>24</v>
+        <v>30</v>
+      </c>
+      <c r="C113" t="s">
+        <v>39</v>
       </c>
       <c r="D113" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E113" s="2">
         <v>0.61458333333333</v>
       </c>
-      <c r="E113" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F113" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="G113" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="H113" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="I113" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>45992.0</v>
       </c>
       <c r="B114" t="s">
         <v>30</v>
       </c>
-      <c r="C114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D114" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E114" s="2">
-        <v>0.46875</v>
+        <v>0.6875</v>
       </c>
       <c r="F114" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="G114" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="H114" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="I114" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>45992.0</v>
       </c>
       <c r="B115" t="s">
         <v>30</v>
       </c>
       <c r="D115" s="2">
-        <v>0.47916666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E115" s="2">
-        <v>0.54166666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F115" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="G115" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H115" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="I115" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B116" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D116" s="2">
-        <v>0.55208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E116" s="2">
-        <v>0.61458333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F116" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="G116" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>35</v>
+        <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B117" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="D117" s="2">
-        <v>0.625</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E117" s="2">
-        <v>0.6875</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F117" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="G117" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H117" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="I117" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B118" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="D118" s="2">
-        <v>0.77083333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E118" s="2">
-        <v>0.83333333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F118" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="G118" t="s">
         <v>29</v>
       </c>
       <c r="H118" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="I118" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>45993.0</v>
       </c>
       <c r="B119" t="s">
         <v>47</v>
       </c>
       <c r="D119" s="2">
-        <v>0.33333333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E119" s="2">
-        <v>0.58333333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F119" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G119" t="s">
-        <v>11</v>
+        <v>29</v>
+      </c>
+      <c r="H119" t="s">
+        <v>59</v>
+      </c>
+      <c r="I119" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B120" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="D120" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E120" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F120" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G120" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H120" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I120" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B121" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="D121" s="2">
-        <v>0.67708333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E121" s="2">
-        <v>0.73958333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F121" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="G121" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H121" t="s">
         <v>19</v>
       </c>
       <c r="I121" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
-        <v>45994.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B122" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="D122" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E122" s="2">
-        <v>0.44791666666667</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F122" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="G122" t="s">
         <v>11</v>
       </c>
       <c r="H122" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="I122" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
-        <v>45994.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B123" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="D123" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E123" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F123" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="G123" t="s">
         <v>11</v>
       </c>
       <c r="H123" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="I123" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
         <v>45995.0</v>
       </c>
       <c r="B124" t="s">
         <v>52</v>
       </c>
       <c r="D124" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E124" s="2">
-        <v>0.51736111111111</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="F124" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="G124" t="s">
         <v>11</v>
       </c>
       <c r="H124" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="I124" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
         <v>45999.0</v>
       </c>
       <c r="B125" t="s">
         <v>30</v>
       </c>
       <c r="C125" t="s">
         <v>31</v>
       </c>
       <c r="D125" s="2">
         <v>0.40625</v>
       </c>
       <c r="E125" s="2">
         <v>0.46875</v>
       </c>
       <c r="F125" t="s">
         <v>32</v>
       </c>
       <c r="G125" t="s">
         <v>33</v>
       </c>
       <c r="H125" t="s">
@@ -4168,95 +4180,95 @@
       </c>
       <c r="B138" t="s">
         <v>52</v>
       </c>
       <c r="D138" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E138" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="F138" t="s">
         <v>53</v>
       </c>
       <c r="G138" t="s">
         <v>11</v>
       </c>
       <c r="H138" t="s">
         <v>54</v>
       </c>
       <c r="I138" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
-        <v>46003.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B139" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="D139" s="2">
-        <v>0.39583333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E139" s="2">
-        <v>0.45486111111111</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F139" t="s">
         <v>25</v>
       </c>
       <c r="G139" t="s">
         <v>11</v>
       </c>
       <c r="H139" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I139" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
         <v>46003.0</v>
       </c>
       <c r="B140" t="s">
         <v>24</v>
       </c>
       <c r="D140" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E140" s="2">
         <v>0.53819444444444</v>
       </c>
       <c r="F140" t="s">
         <v>28</v>
       </c>
       <c r="G140" t="s">
         <v>29</v>
       </c>
       <c r="H140" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I140" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
         <v>46006.0</v>
       </c>
       <c r="B141" t="s">
         <v>30</v>
       </c>
       <c r="C141" t="s">
         <v>31</v>
       </c>
       <c r="D141" s="2">
         <v>0.40625</v>
       </c>
       <c r="E141" s="2">
         <v>0.46875</v>
       </c>
       <c r="F141" t="s">
         <v>32</v>
       </c>
       <c r="G141" t="s">
@@ -5948,189 +5960,241 @@
       </c>
       <c r="G206" t="s">
         <v>29</v>
       </c>
       <c r="H206" t="s">
         <v>41</v>
       </c>
       <c r="I206" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="1">
         <v>46056.0</v>
       </c>
       <c r="B207" t="s">
         <v>47</v>
       </c>
       <c r="D207" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E207" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F207" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G207" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H207" t="s">
         <v>41</v>
       </c>
       <c r="I207" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="1">
         <v>46059.0</v>
       </c>
       <c r="B208" t="s">
         <v>24</v>
       </c>
       <c r="D208" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E208" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F208" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="G208" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H208" t="s">
         <v>26</v>
       </c>
       <c r="I208" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="1">
-        <v>46064.0</v>
+        <v>46062.0</v>
       </c>
       <c r="B209" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D209" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E209" s="2">
-        <v>0.5</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F209" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G209" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H209" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="I209" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
-        <v>46072.0</v>
+        <v>46064.0</v>
       </c>
       <c r="B210" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="D210" s="2">
-        <v>0.33333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E210" s="2">
         <v>0.5</v>
       </c>
       <c r="F210" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="G210" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H210" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="I210" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="1">
-        <v>46077.0</v>
+        <v>46070.0</v>
       </c>
       <c r="B211" t="s">
         <v>47</v>
       </c>
       <c r="D211" s="2">
-        <v>0.54166666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E211" s="2">
-        <v>0.58333333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F211" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="G211" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="H211" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="I211" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
+        <v>46072.0</v>
+      </c>
+      <c r="B212" t="s">
+        <v>52</v>
+      </c>
+      <c r="D212" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E212" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F212" t="s">
+        <v>65</v>
+      </c>
+      <c r="G212" t="s">
+        <v>64</v>
+      </c>
+      <c r="H212" t="s">
+        <v>26</v>
+      </c>
+      <c r="I212" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="213" spans="1:10">
+      <c r="A213" s="1">
+        <v>46077.0</v>
+      </c>
+      <c r="B213" t="s">
+        <v>47</v>
+      </c>
+      <c r="D213" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E213" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F213" t="s">
+        <v>67</v>
+      </c>
+      <c r="G213" t="s">
+        <v>64</v>
+      </c>
+      <c r="H213" t="s">
+        <v>50</v>
+      </c>
+      <c r="I213" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="214" spans="1:10">
+      <c r="A214" s="1">
         <v>46078.0</v>
       </c>
-      <c r="B212" t="s">
+      <c r="B214" t="s">
         <v>9</v>
       </c>
-      <c r="D212" s="2">
+      <c r="D214" s="2">
         <v>0.44791666666667</v>
       </c>
-      <c r="E212" s="2">
+      <c r="E214" s="2">
         <v>0.47916666666667</v>
       </c>
-      <c r="F212" t="s">
-[...5 lines deleted...]
-      <c r="H212" t="s">
+      <c r="F214" t="s">
+        <v>63</v>
+      </c>
+      <c r="G214" t="s">
+        <v>64</v>
+      </c>
+      <c r="H214" t="s">
         <v>41</v>
       </c>
-      <c r="I212" t="s">
+      <c r="I214" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>