--- v1 (2025-12-30)
+++ v2 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -201,50 +201,53 @@
     <t>dr Anna Feja-Paszkiewicz</t>
   </si>
   <si>
     <t>mgr Dawid Lewandowski; dr hab. Martyna Łaszewska-Hellriegel, prof. UZ</t>
   </si>
   <si>
     <t>Prawo konstytucyjne I (W)</t>
   </si>
   <si>
     <t>dr hab. Andrzej Bisztyga, prof. UZ</t>
   </si>
   <si>
     <t>001 A-41</t>
   </si>
   <si>
     <t>dr hab. Jarosław Kuczer, prof. UZ; dr hab. Bernadetta Nitschke-Szram, prof. UZ</t>
   </si>
   <si>
     <t>prof. dr hab. Bohdan Halczak; dr hab. Bernadetta Nitschke-Szram, prof. UZ</t>
   </si>
   <si>
     <t>204 A-41</t>
   </si>
   <si>
     <t>203 A-41</t>
+  </si>
+  <si>
+    <t>217 A-20; 345 A-16</t>
   </si>
   <si>
     <t>Ustrój organów ochrony prawnej (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Historia powszechna prawa (E)</t>
   </si>
   <si>
     <t>Logika prawnicza (E)</t>
   </si>
   <si>
     <t>Prawoznawstwo (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
@@ -583,51 +586,51 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J214"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E214" sqref="E214"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="93.12" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -4677,51 +4680,51 @@
       </c>
       <c r="F157" t="s">
         <v>51</v>
       </c>
       <c r="G157" t="s">
         <v>29</v>
       </c>
       <c r="H157" t="s">
         <v>19</v>
       </c>
       <c r="I157" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
         <v>46031.0</v>
       </c>
       <c r="B158" t="s">
         <v>24</v>
       </c>
       <c r="D158" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="E158" s="2">
-        <v>0.45486111111111</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F158" t="s">
         <v>25</v>
       </c>
       <c r="G158" t="s">
         <v>11</v>
       </c>
       <c r="H158" t="s">
         <v>26</v>
       </c>
       <c r="I158" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
         <v>46031.0</v>
       </c>
       <c r="B159" t="s">
         <v>24</v>
       </c>
       <c r="D159" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E159" s="2">
@@ -5350,537 +5353,537 @@
       </c>
       <c r="E183" s="2">
         <v>0.59375</v>
       </c>
       <c r="F183" t="s">
         <v>21</v>
       </c>
       <c r="G183" t="s">
         <v>11</v>
       </c>
       <c r="H183" t="s">
         <v>22</v>
       </c>
       <c r="I183" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="1">
         <v>46044.0</v>
       </c>
       <c r="B184" t="s">
         <v>52</v>
       </c>
       <c r="D184" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38888888888889</v>
       </c>
       <c r="E184" s="2">
-        <v>0.51736111111111</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="F184" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="G184" t="s">
         <v>11</v>
       </c>
       <c r="H184" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="I184" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B185" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="D185" s="2">
-        <v>0.39583333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E185" s="2">
-        <v>0.45486111111111</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F185" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="G185" t="s">
         <v>11</v>
       </c>
       <c r="H185" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="I185" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
-        <v>46045.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B186" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="D186" s="2">
-        <v>0.47916666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E186" s="2">
-        <v>0.54166666666667</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F186" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G186" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H186" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="I186" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
-        <v>46048.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B187" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D187" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E187" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F187" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="G187" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H187" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="I187" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="1">
         <v>46048.0</v>
       </c>
       <c r="B188" t="s">
         <v>30</v>
       </c>
+      <c r="C188" t="s">
+        <v>31</v>
+      </c>
       <c r="D188" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E188" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F188" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="G188" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="H188" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="I188" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
         <v>46048.0</v>
       </c>
       <c r="B189" t="s">
         <v>30</v>
       </c>
-      <c r="C189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D189" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E189" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F189" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G189" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="H189" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="I189" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>46048.0</v>
       </c>
       <c r="B190" t="s">
         <v>30</v>
       </c>
+      <c r="C190" t="s">
+        <v>39</v>
+      </c>
       <c r="D190" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E190" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F190" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="G190" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="H190" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="I190" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
         <v>46048.0</v>
       </c>
       <c r="B191" t="s">
         <v>30</v>
       </c>
       <c r="D191" s="2">
-        <v>0.77083333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E191" s="2">
-        <v>0.83333333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F191" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="G191" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H191" t="s">
         <v>41</v>
       </c>
       <c r="I191" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B192" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="D192" s="2">
-        <v>0.33333333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E192" s="2">
-        <v>0.58333333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F192" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G192" t="s">
-        <v>11</v>
+        <v>29</v>
+      </c>
+      <c r="H192" t="s">
+        <v>41</v>
+      </c>
+      <c r="I192" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="1">
         <v>46049.0</v>
       </c>
       <c r="B193" t="s">
         <v>47</v>
       </c>
       <c r="D193" s="2">
-        <v>0.60416666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E193" s="2">
-        <v>0.66666666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F193" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G193" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="1">
         <v>46049.0</v>
       </c>
       <c r="B194" t="s">
         <v>47</v>
       </c>
       <c r="D194" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E194" s="2">
-        <v>0.73958333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F194" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="G194" t="s">
         <v>29</v>
       </c>
       <c r="H194" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="I194" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B195" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="D195" s="2">
-        <v>0.38541666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E195" s="2">
-        <v>0.44791666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F195" t="s">
-        <v>10</v>
+        <v>51</v>
       </c>
       <c r="G195" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H195" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="I195" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="1">
         <v>46050.0</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="D196" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E196" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F196" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G196" t="s">
         <v>11</v>
       </c>
       <c r="H196" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I196" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="1">
         <v>46050.0</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="D197" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E197" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F197" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="G197" t="s">
         <v>11</v>
       </c>
       <c r="H197" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I197" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B198" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="D198" s="2">
-        <v>0.41666666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E198" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F198" t="s">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="G198" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H198" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="I198" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="1">
         <v>46051.0</v>
       </c>
       <c r="B199" t="s">
         <v>52</v>
       </c>
       <c r="D199" s="2">
-        <v>0.53125</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E199" s="2">
-        <v>0.65972222222222</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F199" t="s">
         <v>56</v>
       </c>
       <c r="G199" t="s">
         <v>29</v>
       </c>
       <c r="H199" t="s">
         <v>57</v>
       </c>
       <c r="I199" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="1">
-        <v>46052.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B200" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="D200" s="2">
-        <v>0.39583333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E200" s="2">
-        <v>0.45486111111111</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F200" t="s">
-        <v>25</v>
+        <v>56</v>
       </c>
       <c r="G200" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H200" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="I200" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="1">
         <v>46052.0</v>
       </c>
       <c r="B201" t="s">
         <v>24</v>
       </c>
       <c r="D201" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E201" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F201" t="s">
         <v>28</v>
       </c>
       <c r="G201" t="s">
         <v>29</v>
       </c>
       <c r="H201" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="I201" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="1">
         <v>46055.0</v>
       </c>
       <c r="B202" t="s">
         <v>30</v>
       </c>
       <c r="C202" t="s">
         <v>31</v>
       </c>
       <c r="D202" s="2">
         <v>0.40625</v>
       </c>
       <c r="E202" s="2">
         <v>0.46875</v>
       </c>
       <c r="F202" t="s">
         <v>32</v>
       </c>
       <c r="G202" t="s">
         <v>33</v>
       </c>
       <c r="H202" t="s">
         <v>34</v>
       </c>
       <c r="I202" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="1">
         <v>46055.0</v>
       </c>
       <c r="B203" t="s">
         <v>30</v>
       </c>
       <c r="D203" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E203" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F203" t="s">
         <v>36</v>
       </c>
       <c r="G203" t="s">
         <v>11</v>
       </c>
       <c r="H203" t="s">
         <v>37</v>
       </c>
       <c r="I203" t="s">
@@ -5891,51 +5894,51 @@
       <c r="A204" s="1">
         <v>46055.0</v>
       </c>
       <c r="B204" t="s">
         <v>30</v>
       </c>
       <c r="C204" t="s">
         <v>39</v>
       </c>
       <c r="D204" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E204" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F204" t="s">
         <v>32</v>
       </c>
       <c r="G204" t="s">
         <v>33</v>
       </c>
       <c r="H204" t="s">
         <v>34</v>
       </c>
       <c r="I204" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="1">
         <v>46055.0</v>
       </c>
       <c r="B205" t="s">
         <v>30</v>
       </c>
       <c r="D205" s="2">
         <v>0.625</v>
       </c>
       <c r="E205" s="2">
         <v>0.6875</v>
       </c>
       <c r="F205" t="s">
         <v>40</v>
       </c>
       <c r="G205" t="s">
         <v>11</v>
       </c>
       <c r="H205" t="s">
         <v>41</v>
       </c>
       <c r="I205" t="s">
@@ -5960,236 +5963,236 @@
       </c>
       <c r="G206" t="s">
         <v>29</v>
       </c>
       <c r="H206" t="s">
         <v>41</v>
       </c>
       <c r="I206" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="1">
         <v>46056.0</v>
       </c>
       <c r="B207" t="s">
         <v>47</v>
       </c>
       <c r="D207" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E207" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F207" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G207" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H207" t="s">
         <v>41</v>
       </c>
       <c r="I207" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="1">
         <v>46059.0</v>
       </c>
       <c r="B208" t="s">
         <v>24</v>
       </c>
       <c r="D208" s="2">
-        <v>0.33333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E208" s="2">
-        <v>0.83333333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F208" t="s">
+        <v>66</v>
+      </c>
+      <c r="G208" t="s">
         <v>65</v>
       </c>
-      <c r="G208" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H208" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="I208" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="1">
         <v>46062.0</v>
       </c>
       <c r="B209" t="s">
         <v>30</v>
       </c>
       <c r="D209" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E209" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F209" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G209" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H209" t="s">
         <v>19</v>
       </c>
       <c r="I209" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
         <v>46064.0</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="D210" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E210" s="2">
         <v>0.5</v>
       </c>
       <c r="F210" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G210" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H210" t="s">
         <v>50</v>
       </c>
       <c r="I210" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="1">
         <v>46070.0</v>
       </c>
       <c r="B211" t="s">
         <v>47</v>
       </c>
       <c r="D211" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E211" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F211" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G211" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H211" t="s">
         <v>19</v>
       </c>
       <c r="I211" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
         <v>46072.0</v>
       </c>
       <c r="B212" t="s">
         <v>52</v>
       </c>
       <c r="D212" s="2">
-        <v>0.33333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E212" s="2">
-        <v>0.5</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F212" t="s">
+        <v>66</v>
+      </c>
+      <c r="G212" t="s">
         <v>65</v>
       </c>
-      <c r="G212" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H212" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="I212" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="1">
         <v>46077.0</v>
       </c>
       <c r="B213" t="s">
         <v>47</v>
       </c>
       <c r="D213" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E213" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F213" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G213" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H213" t="s">
         <v>50</v>
       </c>
       <c r="I213" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="1">
         <v>46078.0</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="D214" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E214" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="F214" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G214" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H214" t="s">
         <v>41</v>
       </c>
       <c r="I214" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>