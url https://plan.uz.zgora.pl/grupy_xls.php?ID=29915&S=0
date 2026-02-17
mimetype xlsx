--- v0 (2025-12-29)
+++ v1 (2026-02-17)
@@ -2171,2042 +2171,2042 @@
       </c>
       <c r="E62" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62" t="s">
         <v>11</v>
       </c>
       <c r="H62" t="s">
         <v>12</v>
       </c>
       <c r="I62" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>45981.0</v>
       </c>
       <c r="B63" t="s">
         <v>17</v>
       </c>
       <c r="D63" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E63" s="2">
-        <v>0.45138888888889</v>
+        <v>0.59375</v>
       </c>
       <c r="F63" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="G63" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H63" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="I63" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
-        <v>45981.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B64" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="D64" s="2">
-        <v>0.45833333333333</v>
+        <v>0.31944444444444</v>
       </c>
       <c r="E64" s="2">
-        <v>0.52083333333333</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F64" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="G64" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H64" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I64" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
-        <v>45981.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B65" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="D65" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E65" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F65" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="G65" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="I65" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
         <v>45985.0</v>
       </c>
       <c r="B66" t="s">
         <v>31</v>
       </c>
       <c r="D66" s="2">
-        <v>0.31944444444444</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E66" s="2">
-        <v>0.37847222222222</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F66" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="G66" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H66" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I66" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
         <v>45985.0</v>
       </c>
       <c r="B67" t="s">
         <v>31</v>
       </c>
       <c r="D67" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E67" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F67" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="G67" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H67" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="I67" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>45985.0</v>
       </c>
       <c r="B68" t="s">
         <v>31</v>
       </c>
       <c r="D68" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E68" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F68" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G68" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I68" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
-        <v>45985.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B69" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D69" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E69" s="2">
-        <v>0.59375</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F69" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="G69" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H69" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="I69" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
-        <v>45985.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B70" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D70" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E70" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F70" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I70" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
         <v>45987.0</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="D71" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E71" s="2">
-        <v>0.45138888888889</v>
+        <v>0.59375</v>
       </c>
       <c r="F71" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G71" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="H71" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="I71" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
         <v>45987.0</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="D72" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E72" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F72" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G72" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="H72" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="I72" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
-        <v>45987.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B73" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D73" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E73" s="2">
-        <v>0.59375</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="F73" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="G73" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="H73" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="I73" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
-        <v>45987.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B74" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D74" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E74" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F74" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G74" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="I74" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
         <v>45988.0</v>
       </c>
       <c r="B75" t="s">
         <v>17</v>
       </c>
       <c r="D75" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E75" s="2">
-        <v>0.44444444444444</v>
+        <v>0.59375</v>
       </c>
       <c r="F75" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="G75" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H75" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="I75" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
-        <v>45988.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B76" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D76" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E76" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F76" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I76" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
-        <v>45988.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B77" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="D77" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E77" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F77" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="G77" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H77" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="I77" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
-        <v>45989.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B78" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D78" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E78" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F78" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G78" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H78" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I78" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
         <v>45992.0</v>
       </c>
       <c r="B79" t="s">
         <v>31</v>
       </c>
       <c r="D79" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E79" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F79" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="G79" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H79" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="I79" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>45992.0</v>
       </c>
       <c r="B80" t="s">
         <v>31</v>
       </c>
       <c r="D80" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E80" s="2">
-        <v>0.52083333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F80" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G80" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H80" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I80" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
-        <v>45992.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B81" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D81" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E81" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F81" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="G81" t="s">
         <v>11</v>
       </c>
       <c r="H81" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="I81" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
-        <v>45992.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B82" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="D82" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E82" s="2">
-        <v>0.73958333333333</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F82" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="G82" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H82" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="I82" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
-        <v>45994.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B83" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D83" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E83" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F83" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G83" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H83" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="I83" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>45995.0</v>
       </c>
       <c r="B84" t="s">
         <v>17</v>
       </c>
       <c r="D84" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E84" s="2">
-        <v>0.45138888888889</v>
+        <v>0.59375</v>
       </c>
       <c r="F84" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="G84" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H84" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="I84" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
-        <v>45995.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B85" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D85" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E85" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F85" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I85" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
-        <v>45995.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B86" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="D86" s="2">
-        <v>0.53125</v>
+        <v>0.31944444444444</v>
       </c>
       <c r="E86" s="2">
-        <v>0.59375</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F86" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="G86" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H86" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="I86" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
-        <v>45996.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B87" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D87" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E87" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F87" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="I87" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>45999.0</v>
       </c>
       <c r="B88" t="s">
         <v>31</v>
       </c>
       <c r="D88" s="2">
-        <v>0.31944444444444</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E88" s="2">
-        <v>0.37847222222222</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F88" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="G88" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H88" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I88" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>45999.0</v>
       </c>
       <c r="B89" t="s">
         <v>31</v>
       </c>
       <c r="D89" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E89" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F89" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="G89" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H89" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="I89" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
-        <v>45999.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B90" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D90" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E90" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F90" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="G90" t="s">
         <v>11</v>
       </c>
       <c r="H90" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I90" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
-        <v>45999.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B91" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D91" s="2">
-        <v>0.53125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E91" s="2">
-        <v>0.59375</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="F91" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="G91" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H91" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="I91" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B92" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D92" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E92" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="F92" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G92" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H92" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I92" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B93" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D93" s="2">
-        <v>0.67708333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E93" s="2">
-        <v>0.73611111111111</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F93" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G93" t="s">
         <v>15</v>
       </c>
       <c r="H93" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="I93" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>46002.0</v>
       </c>
       <c r="B94" t="s">
         <v>17</v>
       </c>
       <c r="D94" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E94" s="2">
-        <v>0.44444444444444</v>
+        <v>0.59375</v>
       </c>
       <c r="F94" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="G94" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H94" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="I94" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
-        <v>46002.0</v>
+        <v>46003.0</v>
       </c>
       <c r="B95" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D95" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E95" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F95" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G95" t="s">
         <v>15</v>
       </c>
       <c r="H95" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I95" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
-        <v>46002.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B96" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="D96" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E96" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F96" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="G96" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H96" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="I96" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
-        <v>46003.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B97" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D97" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E97" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F97" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G97" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H97" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I97" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>46006.0</v>
       </c>
       <c r="B98" t="s">
         <v>31</v>
       </c>
       <c r="D98" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E98" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F98" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="G98" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H98" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="I98" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>46006.0</v>
       </c>
       <c r="B99" t="s">
         <v>31</v>
       </c>
       <c r="D99" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E99" s="2">
-        <v>0.52083333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F99" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G99" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H99" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I99" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>46006.0</v>
       </c>
       <c r="B100" t="s">
         <v>31</v>
       </c>
       <c r="D100" s="2">
-        <v>0.53125</v>
+        <v>0.75</v>
       </c>
       <c r="E100" s="2">
-        <v>0.59375</v>
+        <v>0.80902777777778</v>
       </c>
       <c r="F100" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="G100" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H100" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="I100" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
-        <v>46006.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B101" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D101" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E101" s="2">
-        <v>0.73958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F101" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G101" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="H101" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="I101" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
-        <v>46006.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B102" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D102" s="2">
-        <v>0.75</v>
+        <v>0.53125</v>
       </c>
       <c r="E102" s="2">
-        <v>0.80902777777778</v>
+        <v>0.59375</v>
       </c>
       <c r="F102" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="G102" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="H102" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="I102" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>46008.0</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="D103" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E103" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F103" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G103" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="H103" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="I103" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
-        <v>46008.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B104" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D104" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E104" s="2">
-        <v>0.59375</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F104" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G104" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="H104" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="I104" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
-        <v>46008.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B105" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D105" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E105" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F105" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G105" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H105" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="I105" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>46009.0</v>
       </c>
       <c r="B106" t="s">
         <v>17</v>
       </c>
       <c r="D106" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E106" s="2">
-        <v>0.45138888888889</v>
+        <v>0.59375</v>
       </c>
       <c r="F106" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="G106" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H106" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="I106" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
-        <v>46009.0</v>
+        <v>46010.0</v>
       </c>
       <c r="B107" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D107" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E107" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="F107" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G107" t="s">
         <v>15</v>
       </c>
       <c r="H107" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="I107" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
-        <v>46009.0</v>
+        <v>46010.0</v>
       </c>
       <c r="B108" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D108" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E108" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F108" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G108" t="s">
         <v>11</v>
       </c>
       <c r="H108" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="I108" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>46010.0</v>
       </c>
       <c r="B109" t="s">
         <v>27</v>
       </c>
       <c r="D109" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E109" s="2">
-        <v>0.44444444444444</v>
+        <v>0.59375</v>
       </c>
       <c r="F109" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G109" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H109" t="s">
         <v>12</v>
       </c>
       <c r="I109" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>46010.0</v>
       </c>
       <c r="B110" t="s">
         <v>27</v>
       </c>
       <c r="D110" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E110" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F110" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="G110" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H110" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="I110" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
-        <v>46010.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B111" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D111" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E111" s="2">
-        <v>0.59375</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="F111" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G111" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H111" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I111" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
-        <v>46010.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B112" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D112" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E112" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F112" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G112" t="s">
         <v>15</v>
       </c>
       <c r="H112" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I112" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>46030.0</v>
       </c>
       <c r="B113" t="s">
         <v>17</v>
       </c>
       <c r="D113" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E113" s="2">
-        <v>0.44444444444444</v>
+        <v>0.59375</v>
       </c>
       <c r="F113" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="G113" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H113" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="I113" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
-        <v>46030.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B114" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D114" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E114" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F114" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G114" t="s">
         <v>15</v>
       </c>
       <c r="H114" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I114" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
-        <v>46030.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B115" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="D115" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E115" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F115" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="G115" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H115" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="I115" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
-        <v>46031.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B116" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D116" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E116" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F116" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G116" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H116" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I116" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>46034.0</v>
       </c>
       <c r="B117" t="s">
         <v>31</v>
       </c>
       <c r="D117" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E117" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F117" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="G117" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H117" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="I117" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
-        <v>46034.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B118" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="D118" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E118" s="2">
-        <v>0.52083333333333</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F118" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G118" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H118" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="I118" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
-        <v>46034.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B119" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="D119" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E119" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F119" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="G119" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H119" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="I119" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B120" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D120" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E120" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F120" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G120" t="s">
         <v>11</v>
       </c>
       <c r="H120" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="I120" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
-        <v>46037.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B121" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D121" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E121" s="2">
-        <v>0.45138888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F121" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="G121" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="H121" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I121" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
-        <v>46037.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B122" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="D122" s="2">
-        <v>0.45833333333333</v>
+        <v>0.31944444444444</v>
       </c>
       <c r="E122" s="2">
-        <v>0.52083333333333</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F122" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="G122" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H122" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I122" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
-        <v>46037.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B123" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="D123" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E123" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F123" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="G123" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H123" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="I123" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
-        <v>46038.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B124" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D124" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E124" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F124" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G124" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H124" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I124" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
         <v>46041.0</v>
       </c>
       <c r="B125" t="s">
         <v>31</v>
       </c>
       <c r="D125" s="2">
-        <v>0.31944444444444</v>
+        <v>0.53125</v>
       </c>
       <c r="E125" s="2">
-        <v>0.37847222222222</v>
+        <v>0.59375</v>
       </c>
       <c r="F125" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="G125" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H125" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="I125" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
         <v>46041.0</v>
       </c>
       <c r="B126" t="s">
         <v>31</v>
       </c>
       <c r="D126" s="2">
-        <v>0.38541666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E126" s="2">
-        <v>0.44791666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F126" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="G126" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H126" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="I126" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
-        <v>46041.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B127" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D127" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E127" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F127" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="G127" t="s">
         <v>11</v>
       </c>
       <c r="H127" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I127" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
-        <v>46041.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B128" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D128" s="2">
-        <v>0.53125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E128" s="2">
-        <v>0.59375</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="F128" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="G128" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H128" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="I128" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
-        <v>46041.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B129" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="D129" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E129" s="2">
-        <v>0.73958333333333</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="F129" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="G129" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H129" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="I129" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B130" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D130" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E130" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F130" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G130" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H130" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="I130" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B131" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D131" s="2">
-        <v>0.67708333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E131" s="2">
-        <v>0.73611111111111</v>
+        <v>0.59375</v>
       </c>
       <c r="F131" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="G131" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H131" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="I131" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
-        <v>46044.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B132" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D132" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E132" s="2">
-        <v>0.44444444444444</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F132" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="G132" t="s">
         <v>19</v>
       </c>
       <c r="H132" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I132" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
-        <v>46044.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B133" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D133" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E133" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F133" t="s">
         <v>22</v>
       </c>
       <c r="G133" t="s">
         <v>15</v>
       </c>
       <c r="H133" t="s">
         <v>23</v>
       </c>
       <c r="I133" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
-        <v>46044.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B134" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D134" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E134" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F134" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G134" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H134" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="I134" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
-        <v>46045.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B135" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D135" s="2">
-        <v>0.60416666666667</v>
+        <v>0.31944444444444</v>
       </c>
       <c r="E135" s="2">
-        <v>0.66666666666667</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F135" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="G135" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H135" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="I135" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>46048.0</v>
       </c>
       <c r="B136" t="s">
         <v>31</v>
       </c>
       <c r="D136" s="2">
-        <v>0.31944444444444</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E136" s="2">
-        <v>0.37847222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F136" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="G136" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="H136" t="s">
         <v>33</v>
       </c>
       <c r="I136" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>46048.0</v>
       </c>
       <c r="B137" t="s">
         <v>31</v>
       </c>
       <c r="D137" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E137" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F137" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G137" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H137" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I137" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>46048.0</v>
       </c>
       <c r="B138" t="s">
         <v>31</v>
       </c>
       <c r="D138" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E138" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F138" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G138" t="s">
         <v>11</v>
       </c>
       <c r="H138" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I138" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
         <v>46048.0</v>
       </c>
       <c r="B139" t="s">
         <v>31</v>
       </c>
       <c r="D139" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E139" s="2">
-        <v>0.59375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F139" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G139" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H139" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I139" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
         <v>46050.0</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="D140" s="2">
         <v>0.53125</v>
       </c>
       <c r="E140" s="2">
         <v>0.59375</v>
       </c>
       <c r="F140" t="s">
         <v>44</v>
       </c>
       <c r="G140" t="s">
         <v>45</v>
       </c>
       <c r="H140" t="s">
         <v>46</v>
       </c>
       <c r="I140" t="s">