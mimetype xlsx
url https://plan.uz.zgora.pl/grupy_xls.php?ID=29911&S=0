--- v0 (2025-12-31)
+++ v1 (2026-02-17)
@@ -3664,66 +3664,66 @@
       </c>
       <c r="E120" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F120" t="s">
         <v>31</v>
       </c>
       <c r="G120" t="s">
         <v>18</v>
       </c>
       <c r="H120" t="s">
         <v>15</v>
       </c>
       <c r="I120" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>46036.0</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="D121" s="2">
-        <v>0.53125</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E121" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F121" t="s">
         <v>38</v>
       </c>
       <c r="G121" t="s">
         <v>39</v>
       </c>
       <c r="H121" t="s">
         <v>40</v>
       </c>
       <c r="I121" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
         <v>46036.0</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="D122" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E122" s="2">
         <v>0.74305555555556</v>
       </c>
       <c r="F122" t="s">
         <v>37</v>
       </c>
       <c r="G122" t="s">
         <v>11</v>
       </c>
       <c r="H122" t="s">
         <v>19</v>
       </c>
       <c r="I122" t="s">