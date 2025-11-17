--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -138,50 +138,56 @@
     <t>221 A-20</t>
   </si>
   <si>
     <t>Filozofia płci (W)</t>
   </si>
   <si>
     <t>Etyka (W)</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Historia filozofii współczesnej (W)</t>
   </si>
   <si>
     <t>prof. dr hab. Lilianna Kiejzik</t>
   </si>
   <si>
     <t>122 A-20</t>
   </si>
   <si>
     <t>Historia filozofii współczesnej (Ć)</t>
   </si>
   <si>
     <t>dr Katarzyna Bartosiak</t>
+  </si>
+  <si>
+    <t>106 A-20</t>
+  </si>
+  <si>
+    <t>115 A-20</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1136,51 +1142,51 @@
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>45945.0</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E24" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24" t="s">
         <v>11</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>45945.0</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E25" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>11</v>
       </c>
       <c r="H25" t="s">
         <v>15</v>
       </c>
       <c r="I25" t="s">
@@ -1994,51 +2000,51 @@
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
         <v>45966.0</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E57" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57" t="s">
         <v>11</v>
       </c>
       <c r="H57" t="s">
         <v>12</v>
       </c>
       <c r="I57" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
         <v>45966.0</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E58" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58" t="s">
         <v>11</v>
       </c>
       <c r="H58" t="s">
         <v>15</v>
       </c>
       <c r="I58" t="s">
@@ -2150,51 +2156,51 @@
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>45973.0</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E63" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F63" t="s">
         <v>10</v>
       </c>
       <c r="G63" t="s">
         <v>11</v>
       </c>
       <c r="H63" t="s">
         <v>12</v>
       </c>
       <c r="I63" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
         <v>45973.0</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E64" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64" t="s">
         <v>11</v>
       </c>
       <c r="H64" t="s">
         <v>15</v>
       </c>
       <c r="I64" t="s">
@@ -2288,77 +2294,77 @@
       </c>
       <c r="D68" s="2">
         <v>0.80208333333333</v>
       </c>
       <c r="E68" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F68" t="s">
         <v>35</v>
       </c>
       <c r="G68" t="s">
         <v>27</v>
       </c>
       <c r="H68" t="s">
         <v>32</v>
       </c>
       <c r="I68" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>45975.0</v>
       </c>
       <c r="B69" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D69" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E69" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F69" t="s">
         <v>37</v>
       </c>
       <c r="G69" t="s">
         <v>27</v>
       </c>
       <c r="H69" t="s">
         <v>38</v>
       </c>
       <c r="I69" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>45975.0</v>
       </c>
       <c r="B70" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D70" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E70" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F70" t="s">
         <v>40</v>
       </c>
       <c r="G70" t="s">
         <v>11</v>
       </c>
       <c r="H70" t="s">
         <v>41</v>
       </c>
       <c r="I70" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
         <v>45978.0</v>
       </c>
       <c r="B71" t="s">
@@ -2488,51 +2494,51 @@
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>45980.0</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E76" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F76" t="s">
         <v>10</v>
       </c>
       <c r="G76" t="s">
         <v>11</v>
       </c>
       <c r="H76" t="s">
         <v>12</v>
       </c>
       <c r="I76" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>45980.0</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="D77" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E77" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F77" t="s">
         <v>14</v>
       </c>
       <c r="G77" t="s">
         <v>11</v>
       </c>
       <c r="H77" t="s">
         <v>15</v>
       </c>
       <c r="I77" t="s">
@@ -2774,51 +2780,51 @@
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>45987.0</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E87" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="G87" t="s">
         <v>11</v>
       </c>
       <c r="H87" t="s">
         <v>12</v>
       </c>
       <c r="I87" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>45987.0</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E88" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F88" t="s">
         <v>14</v>
       </c>
       <c r="G88" t="s">
         <v>11</v>
       </c>
       <c r="H88" t="s">
         <v>15</v>
       </c>
       <c r="I88" t="s">
@@ -3060,51 +3066,51 @@
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>45994.0</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="D98" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E98" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F98" t="s">
         <v>10</v>
       </c>
       <c r="G98" t="s">
         <v>11</v>
       </c>
       <c r="H98" t="s">
         <v>12</v>
       </c>
       <c r="I98" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>45994.0</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="D99" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E99" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F99" t="s">
         <v>14</v>
       </c>
       <c r="G99" t="s">
         <v>11</v>
       </c>
       <c r="H99" t="s">
         <v>15</v>
       </c>
       <c r="I99" t="s">
@@ -3346,51 +3352,51 @@
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>46001.0</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="D109" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E109" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F109" t="s">
         <v>10</v>
       </c>
       <c r="G109" t="s">
         <v>11</v>
       </c>
       <c r="H109" t="s">
         <v>12</v>
       </c>
       <c r="I109" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>46001.0</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="D110" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E110" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F110" t="s">
         <v>14</v>
       </c>
       <c r="G110" t="s">
         <v>11</v>
       </c>
       <c r="H110" t="s">
         <v>15</v>
       </c>
       <c r="I110" t="s">
@@ -3632,51 +3638,51 @@
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
         <v>46008.0</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="D120" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E120" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F120" t="s">
         <v>10</v>
       </c>
       <c r="G120" t="s">
         <v>11</v>
       </c>
       <c r="H120" t="s">
         <v>12</v>
       </c>
       <c r="I120" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>46008.0</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="D121" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E121" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F121" t="s">
         <v>14</v>
       </c>
       <c r="G121" t="s">
         <v>11</v>
       </c>
       <c r="H121" t="s">
         <v>15</v>
       </c>
       <c r="I121" t="s">
@@ -4048,51 +4054,51 @@
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>46036.0</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="D136" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E136" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F136" t="s">
         <v>10</v>
       </c>
       <c r="G136" t="s">
         <v>11</v>
       </c>
       <c r="H136" t="s">
         <v>12</v>
       </c>
       <c r="I136" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>46036.0</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="D137" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E137" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F137" t="s">
         <v>14</v>
       </c>
       <c r="G137" t="s">
         <v>11</v>
       </c>
       <c r="H137" t="s">
         <v>15</v>
       </c>
       <c r="I137" t="s">
@@ -4334,51 +4340,51 @@
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
         <v>46043.0</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="D147" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E147" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F147" t="s">
         <v>10</v>
       </c>
       <c r="G147" t="s">
         <v>11</v>
       </c>
       <c r="H147" t="s">
         <v>12</v>
       </c>
       <c r="I147" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>46043.0</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="D148" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E148" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F148" t="s">
         <v>14</v>
       </c>
       <c r="G148" t="s">
         <v>11</v>
       </c>
       <c r="H148" t="s">
         <v>15</v>
       </c>
       <c r="I148" t="s">
@@ -4620,51 +4626,51 @@
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
         <v>46050.0</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="D158" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E158" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F158" t="s">
         <v>10</v>
       </c>
       <c r="G158" t="s">
         <v>11</v>
       </c>
       <c r="H158" t="s">
         <v>12</v>
       </c>
       <c r="I158" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
         <v>46050.0</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="D159" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E159" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F159" t="s">
         <v>14</v>
       </c>
       <c r="G159" t="s">
         <v>11</v>
       </c>
       <c r="H159" t="s">
         <v>15</v>
       </c>
       <c r="I159" t="s">