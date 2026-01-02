--- v1 (2025-11-17)
+++ v2 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -147,50 +147,68 @@
     <t>Wt</t>
   </si>
   <si>
     <t>Historia filozofii współczesnej (W)</t>
   </si>
   <si>
     <t>prof. dr hab. Lilianna Kiejzik</t>
   </si>
   <si>
     <t>122 A-20</t>
   </si>
   <si>
     <t>Historia filozofii współczesnej (Ć)</t>
   </si>
   <si>
     <t>dr Katarzyna Bartosiak</t>
   </si>
   <si>
     <t>106 A-20</t>
   </si>
   <si>
     <t>115 A-20</t>
   </si>
   <si>
     <t>Pi</t>
+  </si>
+  <si>
+    <t>Historia filozofii współczesnej (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>216 A-20</t>
+  </si>
+  <si>
+    <t>Ni</t>
+  </si>
+  <si>
+    <t>Filozofia płci (E)</t>
+  </si>
+  <si>
+    <t>Etyka (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -498,54 +516,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J166"/>
+  <dimension ref="A1:J172"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E166" sqref="E166"/>
+      <selection activeCell="E172" sqref="E172"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3623,51 +3641,51 @@
       </c>
       <c r="E119" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F119" t="s">
         <v>40</v>
       </c>
       <c r="G119" t="s">
         <v>11</v>
       </c>
       <c r="H119" t="s">
         <v>41</v>
       </c>
       <c r="I119" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
         <v>46008.0</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="D120" s="2">
-        <v>0.66666666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E120" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F120" t="s">
         <v>10</v>
       </c>
       <c r="G120" t="s">
         <v>11</v>
       </c>
       <c r="H120" t="s">
         <v>12</v>
       </c>
       <c r="I120" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>46008.0</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="D121" s="2">
@@ -4835,50 +4853,206 @@
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
         <v>46055.0</v>
       </c>
       <c r="B166" t="s">
         <v>30</v>
       </c>
       <c r="D166" s="2">
         <v>0.80208333333333</v>
       </c>
       <c r="E166" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F166" t="s">
         <v>35</v>
       </c>
       <c r="G166" t="s">
         <v>27</v>
       </c>
       <c r="H166" t="s">
         <v>32</v>
       </c>
       <c r="I166" t="s">
         <v>13</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10">
+      <c r="A167" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B167" t="s">
+        <v>36</v>
+      </c>
+      <c r="D167" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E167" s="2">
+        <v>0.72916666666667</v>
+      </c>
+      <c r="F167" t="s">
+        <v>45</v>
+      </c>
+      <c r="G167" t="s">
+        <v>46</v>
+      </c>
+      <c r="H167" t="s">
+        <v>38</v>
+      </c>
+      <c r="I167" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10">
+      <c r="A168" s="1">
+        <v>46061.0</v>
+      </c>
+      <c r="B168" t="s">
+        <v>48</v>
+      </c>
+      <c r="D168" s="2">
+        <v>0.73611111111111</v>
+      </c>
+      <c r="E168" s="2">
+        <v>0.79861111111111</v>
+      </c>
+      <c r="F168" t="s">
+        <v>49</v>
+      </c>
+      <c r="G168" t="s">
+        <v>46</v>
+      </c>
+      <c r="H168" t="s">
+        <v>15</v>
+      </c>
+      <c r="I168" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10">
+      <c r="A169" s="1">
+        <v>46062.0</v>
+      </c>
+      <c r="B169" t="s">
+        <v>30</v>
+      </c>
+      <c r="D169" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E169" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="F169" t="s">
+        <v>50</v>
+      </c>
+      <c r="G169" t="s">
+        <v>46</v>
+      </c>
+      <c r="H169" t="s">
+        <v>32</v>
+      </c>
+      <c r="I169" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10">
+      <c r="A170" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B170" t="s">
+        <v>36</v>
+      </c>
+      <c r="D170" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E170" s="2">
+        <v>0.72916666666667</v>
+      </c>
+      <c r="F170" t="s">
+        <v>45</v>
+      </c>
+      <c r="G170" t="s">
+        <v>46</v>
+      </c>
+      <c r="H170" t="s">
+        <v>38</v>
+      </c>
+      <c r="I170" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10">
+      <c r="A171" s="1">
+        <v>46075.0</v>
+      </c>
+      <c r="B171" t="s">
+        <v>48</v>
+      </c>
+      <c r="D171" s="2">
+        <v>0.73611111111111</v>
+      </c>
+      <c r="E171" s="2">
+        <v>0.79861111111111</v>
+      </c>
+      <c r="F171" t="s">
+        <v>49</v>
+      </c>
+      <c r="G171" t="s">
+        <v>46</v>
+      </c>
+      <c r="H171" t="s">
+        <v>15</v>
+      </c>
+      <c r="I171" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10">
+      <c r="A172" s="1">
+        <v>46076.0</v>
+      </c>
+      <c r="B172" t="s">
+        <v>30</v>
+      </c>
+      <c r="D172" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E172" s="2">
+        <v>0.70833333333333</v>
+      </c>
+      <c r="F172" t="s">
+        <v>50</v>
+      </c>
+      <c r="G172" t="s">
+        <v>46</v>
+      </c>
+      <c r="H172" t="s">
+        <v>32</v>
+      </c>
+      <c r="I172" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>