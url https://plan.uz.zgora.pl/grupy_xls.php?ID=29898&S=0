--- v2 (2026-01-02)
+++ v3 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -156,50 +156,56 @@
     <t>122 A-20</t>
   </si>
   <si>
     <t>Historia filozofii współczesnej (Ć)</t>
   </si>
   <si>
     <t>dr Katarzyna Bartosiak</t>
   </si>
   <si>
     <t>106 A-20</t>
   </si>
   <si>
     <t>115 A-20</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>Historia filozofii współczesnej (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>216 A-20</t>
+  </si>
+  <si>
+    <t>Teoria poznania (E)</t>
+  </si>
+  <si>
+    <t>202 A-20</t>
   </si>
   <si>
     <t>Ni</t>
   </si>
   <si>
     <t>Filozofia płci (E)</t>
   </si>
   <si>
     <t>Etyka (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -516,54 +522,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J172"/>
+  <dimension ref="A1:J174"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E172" sqref="E172"/>
+      <selection activeCell="E174" sqref="E174"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4883,175 +4889,227 @@
       </c>
       <c r="B167" t="s">
         <v>36</v>
       </c>
       <c r="D167" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E167" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F167" t="s">
         <v>45</v>
       </c>
       <c r="G167" t="s">
         <v>46</v>
       </c>
       <c r="H167" t="s">
         <v>38</v>
       </c>
       <c r="I167" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
-        <v>46061.0</v>
+        <v>46058.0</v>
       </c>
       <c r="B168" t="s">
+        <v>21</v>
+      </c>
+      <c r="D168" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E168" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F168" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G168" t="s">
         <v>46</v>
       </c>
       <c r="H168" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="I168" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="1">
-        <v>46062.0</v>
+        <v>46061.0</v>
       </c>
       <c r="B169" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="D169" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="E169" s="2">
-        <v>0.75</v>
+        <v>0.79861111111111</v>
       </c>
       <c r="F169" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G169" t="s">
         <v>46</v>
       </c>
       <c r="H169" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="I169" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
-        <v>46070.0</v>
+        <v>46062.0</v>
       </c>
       <c r="B170" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D170" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E170" s="2">
-        <v>0.72916666666667</v>
+        <v>0.75</v>
       </c>
       <c r="F170" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="G170" t="s">
         <v>46</v>
       </c>
       <c r="H170" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="I170" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
-        <v>46075.0</v>
+        <v>46070.0</v>
       </c>
       <c r="B171" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="D171" s="2">
-        <v>0.73611111111111</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="E171" s="2">
-        <v>0.79861111111111</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F171" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="G171" t="s">
         <v>46</v>
       </c>
       <c r="H171" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="I171" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
-        <v>46076.0</v>
+        <v>46073.0</v>
       </c>
       <c r="B172" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="D172" s="2">
-        <v>0.66666666666667</v>
+        <v>0.5</v>
       </c>
       <c r="E172" s="2">
-        <v>0.70833333333333</v>
+        <v>0.625</v>
       </c>
       <c r="F172" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="G172" t="s">
         <v>46</v>
       </c>
       <c r="H172" t="s">
+        <v>28</v>
+      </c>
+      <c r="I172" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10">
+      <c r="A173" s="1">
+        <v>46075.0</v>
+      </c>
+      <c r="B173" t="s">
+        <v>50</v>
+      </c>
+      <c r="D173" s="2">
+        <v>0.73611111111111</v>
+      </c>
+      <c r="E173" s="2">
+        <v>0.79861111111111</v>
+      </c>
+      <c r="F173" t="s">
+        <v>51</v>
+      </c>
+      <c r="G173" t="s">
+        <v>46</v>
+      </c>
+      <c r="H173" t="s">
+        <v>15</v>
+      </c>
+      <c r="I173" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10">
+      <c r="A174" s="1">
+        <v>46076.0</v>
+      </c>
+      <c r="B174" t="s">
+        <v>30</v>
+      </c>
+      <c r="D174" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E174" s="2">
+        <v>0.70833333333333</v>
+      </c>
+      <c r="F174" t="s">
+        <v>52</v>
+      </c>
+      <c r="G174" t="s">
+        <v>46</v>
+      </c>
+      <c r="H174" t="s">
         <v>32</v>
       </c>
-      <c r="I172" t="s">
+      <c r="I174" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>