--- v0 (2025-11-13)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -165,50 +165,68 @@
     <t>W</t>
   </si>
   <si>
     <t>118 A-20</t>
   </si>
   <si>
     <t>Gramatyka opisowa języka polskiego II (W)</t>
   </si>
   <si>
     <t>dr hab. Anna Wojciechowska, prof. UZ</t>
   </si>
   <si>
     <t>Gramatyka opisowa języka polskiego II (Ć)</t>
   </si>
   <si>
     <t>Pdw: Literatura w filmie/teatrze - teatr/film w literaturze (Ć)</t>
   </si>
   <si>
     <t>dr Janusz Łastowiecki</t>
   </si>
   <si>
     <t>C A-16</t>
   </si>
   <si>
     <t>Pi</t>
+  </si>
+  <si>
+    <t>208 A-16</t>
+  </si>
+  <si>
+    <t>Gramatyka opisowa języka polskiego II (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>317 A-16</t>
+  </si>
+  <si>
+    <t>Historia literatury polskiej: literatura romantyzmu i pozytywizmu (E)</t>
+  </si>
+  <si>
+    <t>210 A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -516,54 +534,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J220"/>
+  <dimension ref="A1:J224"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E220" sqref="E220"/>
+      <selection activeCell="E224" sqref="E224"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3604,614 +3622,614 @@
         <v>0.40625</v>
       </c>
       <c r="E113" s="2">
         <v>0.46875</v>
       </c>
       <c r="F113" t="s">
         <v>30</v>
       </c>
       <c r="G113" t="s">
         <v>31</v>
       </c>
       <c r="H113" t="s">
         <v>18</v>
       </c>
       <c r="I113" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>45986.0</v>
       </c>
       <c r="B114" t="s">
         <v>40</v>
       </c>
+      <c r="C114" t="s">
+        <v>15</v>
+      </c>
       <c r="D114" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E114" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F114" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G114" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="H114" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="I114" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>45986.0</v>
       </c>
       <c r="B115" t="s">
         <v>40</v>
       </c>
       <c r="D115" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E115" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F115" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G115" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="H115" t="s">
         <v>45</v>
       </c>
       <c r="I115" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
         <v>45986.0</v>
       </c>
       <c r="B116" t="s">
         <v>40</v>
       </c>
       <c r="D116" s="2">
-        <v>0.69791666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E116" s="2">
-        <v>0.83333333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F116" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G116" t="s">
         <v>12</v>
       </c>
       <c r="H116" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="I116" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
-        <v>45987.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B117" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="D117" s="2">
-        <v>0.33333333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E117" s="2">
-        <v>0.39583333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F117" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="G117" t="s">
         <v>12</v>
       </c>
       <c r="H117" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="I117" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
         <v>45987.0</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D118" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E118" s="2">
-        <v>0.46875</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F118" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="G118" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="H118" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="I118" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>45987.0</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D119" s="2">
         <v>0.40625</v>
       </c>
       <c r="E119" s="2">
         <v>0.46875</v>
       </c>
       <c r="F119" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G119" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="H119" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="I119" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
         <v>45987.0</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D120" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E120" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F120" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G120" t="s">
         <v>12</v>
       </c>
       <c r="H120" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="I120" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>45987.0</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>15</v>
       </c>
       <c r="D121" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E121" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F121" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G121" t="s">
         <v>12</v>
       </c>
       <c r="H121" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I121" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
         <v>45987.0</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
+      <c r="C122" t="s">
+        <v>15</v>
+      </c>
       <c r="D122" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E122" s="2">
-        <v>0.71875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F122" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G122" t="s">
         <v>12</v>
       </c>
       <c r="H122" t="s">
         <v>26</v>
       </c>
       <c r="I122" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
-        <v>45988.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B123" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="D123" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E123" s="2">
-        <v>0.46875</v>
+        <v>0.71875</v>
       </c>
       <c r="F123" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="G123" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="H123" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I123" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
         <v>45988.0</v>
       </c>
       <c r="B124" t="s">
         <v>29</v>
       </c>
       <c r="D124" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E124" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F124" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G124" t="s">
         <v>31</v>
       </c>
       <c r="H124" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="I124" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
-        <v>45992.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B125" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D125" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E125" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F125" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="G125" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H125" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="I125" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
         <v>45992.0</v>
       </c>
       <c r="B126" t="s">
         <v>34</v>
       </c>
       <c r="D126" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E126" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F126" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G126" t="s">
         <v>12</v>
       </c>
       <c r="H126" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="I126" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
-        <v>45993.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B127" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D127" s="2">
-        <v>0.33333333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E127" s="2">
-        <v>0.39583333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F127" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="G127" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="H127" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="I127" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
         <v>45993.0</v>
       </c>
       <c r="B128" t="s">
         <v>40</v>
       </c>
       <c r="D128" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E128" s="2">
-        <v>0.46875</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F128" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="G128" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="H128" t="s">
         <v>18</v>
       </c>
       <c r="I128" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>45993.0</v>
       </c>
       <c r="B129" t="s">
         <v>40</v>
       </c>
       <c r="D129" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E129" s="2">
-        <v>0.61458333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F129" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="G129" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="H129" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="I129" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>45993.0</v>
       </c>
       <c r="B130" t="s">
         <v>40</v>
       </c>
       <c r="D130" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E130" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F130" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G130" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="H130" t="s">
         <v>45</v>
       </c>
       <c r="I130" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
-        <v>45994.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B131" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="D131" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E131" s="2">
-        <v>0.39583333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F131" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="G131" t="s">
         <v>12</v>
       </c>
       <c r="H131" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="I131" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>45994.0</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D132" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E132" s="2">
-        <v>0.46875</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F132" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="G132" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="H132" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="I132" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>45994.0</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D133" s="2">
         <v>0.40625</v>
       </c>
       <c r="E133" s="2">
         <v>0.46875</v>
       </c>
       <c r="F133" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G133" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="H133" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="I133" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
         <v>45994.0</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D134" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E134" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F134" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G134" t="s">
         <v>12</v>
       </c>
       <c r="H134" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="I134" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
         <v>45994.0</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>15</v>
       </c>
       <c r="D135" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E135" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F135" t="s">
         <v>25</v>
       </c>
       <c r="G135" t="s">
         <v>12</v>
       </c>
       <c r="H135" t="s">
@@ -6482,50 +6500,154 @@
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="1">
         <v>46055.0</v>
       </c>
       <c r="B220" t="s">
         <v>34</v>
       </c>
       <c r="D220" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E220" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F220" t="s">
         <v>37</v>
       </c>
       <c r="G220" t="s">
         <v>12</v>
       </c>
       <c r="H220" t="s">
         <v>38</v>
       </c>
       <c r="I220" t="s">
         <v>39</v>
+      </c>
+    </row>
+    <row r="221" spans="1:10">
+      <c r="A221" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B221" t="s">
+        <v>29</v>
+      </c>
+      <c r="D221" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E221" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="F221" t="s">
+        <v>52</v>
+      </c>
+      <c r="G221" t="s">
+        <v>53</v>
+      </c>
+      <c r="H221" t="s">
+        <v>45</v>
+      </c>
+      <c r="I221" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10">
+      <c r="A222" s="1">
+        <v>46065.0</v>
+      </c>
+      <c r="B222" t="s">
+        <v>29</v>
+      </c>
+      <c r="D222" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E222" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="F222" t="s">
+        <v>55</v>
+      </c>
+      <c r="G222" t="s">
+        <v>53</v>
+      </c>
+      <c r="H222" t="s">
+        <v>18</v>
+      </c>
+      <c r="I222" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="223" spans="1:10">
+      <c r="A223" s="1">
+        <v>46072.0</v>
+      </c>
+      <c r="B223" t="s">
+        <v>29</v>
+      </c>
+      <c r="D223" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E223" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F223" t="s">
+        <v>52</v>
+      </c>
+      <c r="G223" t="s">
+        <v>53</v>
+      </c>
+      <c r="H223" t="s">
+        <v>45</v>
+      </c>
+      <c r="I223" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10">
+      <c r="A224" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B224" t="s">
+        <v>50</v>
+      </c>
+      <c r="D224" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E224" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="F224" t="s">
+        <v>55</v>
+      </c>
+      <c r="G224" t="s">
+        <v>53</v>
+      </c>
+      <c r="H224" t="s">
+        <v>18</v>
+      </c>
+      <c r="I224" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>