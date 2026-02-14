--- v0 (2025-12-28)
+++ v1 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -225,50 +225,53 @@
     <t>Warsztaty dydaktyczne zintegrowane z realizacją praktyk (Ć)</t>
   </si>
   <si>
     <t>dr hab. Mariusz Kruk, prof. UZ</t>
   </si>
   <si>
     <t>117 A-20</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>Język obcy nowożytny - język niemiecki (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Język obcy nowożytny - język rosyjski (E)</t>
   </si>
   <si>
     <t>101 A-20</t>
   </si>
   <si>
     <t>Historia literatury amerykańskiej I (E)</t>
+  </si>
+  <si>
+    <t>Język obcy nowożytny - Język niemiecki (E)</t>
   </si>
   <si>
     <t>Język obcy nowożytny - język francuski (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -8360,51 +8363,51 @@
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="1">
         <v>46042.0</v>
       </c>
       <c r="B288" t="s">
         <v>52</v>
       </c>
       <c r="D288" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E288" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F288" t="s">
         <v>53</v>
       </c>
       <c r="G288" t="s">
         <v>19</v>
       </c>
       <c r="H288" t="s">
         <v>54</v>
       </c>
       <c r="I288" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="1">
         <v>46042.0</v>
       </c>
       <c r="B289" t="s">
         <v>52</v>
       </c>
       <c r="D289" s="2">
         <v>0.40625</v>
       </c>
       <c r="E289" s="2">
         <v>0.46875</v>
       </c>
       <c r="F289" t="s">
         <v>10</v>
       </c>
       <c r="G289" t="s">
         <v>11</v>
       </c>
       <c r="H289" t="s">
         <v>56</v>
       </c>
       <c r="I289" t="s">
@@ -9641,77 +9644,77 @@
       </c>
       <c r="G335" t="s">
         <v>67</v>
       </c>
       <c r="H335" t="s">
         <v>20</v>
       </c>
       <c r="I335" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" s="1">
         <v>46058.0</v>
       </c>
       <c r="B336" t="s">
         <v>14</v>
       </c>
       <c r="D336" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E336" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F336" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="G336" t="s">
         <v>67</v>
       </c>
       <c r="H336" t="s">
         <v>34</v>
       </c>
       <c r="I336" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" s="1">
         <v>46062.0</v>
       </c>
       <c r="B337" t="s">
         <v>30</v>
       </c>
       <c r="D337" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="E337" s="2">
         <v>0.6875</v>
       </c>
       <c r="F337" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G337" t="s">
         <v>67</v>
       </c>
       <c r="H337" t="s">
         <v>36</v>
       </c>
       <c r="I337" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" s="1">
         <v>46070.0</v>
       </c>
       <c r="B338" t="s">
         <v>52</v>
       </c>
       <c r="D338" s="2">
         <v>0.375</v>
       </c>
       <c r="E338" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F338" t="s">
@@ -9745,103 +9748,103 @@
       </c>
       <c r="G339" t="s">
         <v>67</v>
       </c>
       <c r="H339" t="s">
         <v>32</v>
       </c>
       <c r="I339" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" s="1">
         <v>46071.0</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="D340" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E340" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F340" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G340" t="s">
         <v>67</v>
       </c>
       <c r="H340" t="s">
         <v>36</v>
       </c>
       <c r="I340" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" s="1">
         <v>46072.0</v>
       </c>
       <c r="B341" t="s">
         <v>14</v>
       </c>
       <c r="D341" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E341" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F341" t="s">
         <v>68</v>
       </c>
       <c r="G341" t="s">
         <v>67</v>
       </c>
       <c r="H341" t="s">
         <v>39</v>
       </c>
       <c r="I341" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" s="1">
         <v>46077.0</v>
       </c>
       <c r="B342" t="s">
         <v>52</v>
       </c>
       <c r="D342" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E342" s="2">
-        <v>0.5</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F342" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="G342" t="s">
         <v>67</v>
       </c>
       <c r="H342" t="s">
         <v>34</v>
       </c>
       <c r="I342" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" s="1">
         <v>46080.0</v>
       </c>
       <c r="B343" t="s">
         <v>65</v>
       </c>
       <c r="D343" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E343" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F343" t="s">