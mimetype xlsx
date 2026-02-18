--- v0 (2025-12-28)
+++ v1 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -209,60 +209,66 @@
   <si>
     <t>Aula H A-20</t>
   </si>
   <si>
     <t>Warsztaty dydaktyczne zintegrowane z realizacją praktyk (Ć)</t>
   </si>
   <si>
     <t>dr hab. Mariusz Kruk, prof. UZ</t>
   </si>
   <si>
     <t>117 A-20</t>
   </si>
   <si>
     <t>STR</t>
   </si>
   <si>
     <t>Warsztaty tłumaczeniowe: tekst literacki (K)</t>
   </si>
   <si>
     <t>Aula I A-20</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
+    <t>A A-16</t>
+  </si>
+  <si>
     <t>Język obcy nowożytny - język niemiecki (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Język obcy nowożytny - język rosyjski (E)</t>
   </si>
   <si>
     <t>101 A-20</t>
+  </si>
+  <si>
+    <t>Język obcy nowożytny - Język niemiecki (E)</t>
   </si>
   <si>
     <t>Historia literatury amerykańskiej I (E)</t>
   </si>
   <si>
     <t>Język obcy nowożytny - język francuski (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -8461,51 +8467,51 @@
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" s="1">
         <v>46042.0</v>
       </c>
       <c r="B292" t="s">
         <v>50</v>
       </c>
       <c r="D292" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E292" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F292" t="s">
         <v>55</v>
       </c>
       <c r="G292" t="s">
         <v>25</v>
       </c>
       <c r="H292" t="s">
         <v>56</v>
       </c>
       <c r="I292" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" s="1">
         <v>46042.0</v>
       </c>
       <c r="B293" t="s">
         <v>50</v>
       </c>
       <c r="C293" t="s">
         <v>23</v>
       </c>
       <c r="D293" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E293" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F293" t="s">
         <v>58</v>
       </c>
       <c r="G293" t="s">
         <v>25</v>
       </c>
       <c r="H293" t="s">
@@ -9534,340 +9540,340 @@
       </c>
       <c r="G331" t="s">
         <v>11</v>
       </c>
       <c r="H331" t="s">
         <v>49</v>
       </c>
       <c r="I331" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" s="1">
         <v>46056.0</v>
       </c>
       <c r="B332" t="s">
         <v>50</v>
       </c>
       <c r="D332" s="2">
         <v>0.375</v>
       </c>
       <c r="E332" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F332" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G332" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H332" t="s">
         <v>32</v>
       </c>
       <c r="I332" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" s="1">
         <v>46056.0</v>
       </c>
       <c r="B333" t="s">
         <v>50</v>
       </c>
       <c r="D333" s="2">
         <v>0.46180555555556</v>
       </c>
       <c r="E333" s="2">
         <v>0.54513888888889</v>
       </c>
       <c r="F333" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G333" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H333" t="s">
         <v>32</v>
       </c>
       <c r="I333" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" s="1">
         <v>46057.0</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="D334" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E334" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F334" t="s">
+        <v>68</v>
+      </c>
+      <c r="G334" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="H334" t="s">
         <v>39</v>
       </c>
       <c r="I334" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" s="1">
         <v>46058.0</v>
       </c>
       <c r="B335" t="s">
         <v>14</v>
       </c>
       <c r="D335" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E335" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F335" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G335" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H335" t="s">
         <v>34</v>
       </c>
       <c r="I335" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" s="1">
         <v>46062.0</v>
       </c>
       <c r="B336" t="s">
         <v>30</v>
       </c>
       <c r="D336" s="2">
         <v>0.375</v>
       </c>
       <c r="E336" s="2">
         <v>0.5</v>
       </c>
       <c r="F336" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G336" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H336" t="s">
         <v>52</v>
       </c>
       <c r="I336" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" s="1">
         <v>46062.0</v>
       </c>
       <c r="B337" t="s">
         <v>30</v>
       </c>
       <c r="D337" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="E337" s="2">
         <v>0.6875</v>
       </c>
       <c r="F337" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="G337" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H337" t="s">
         <v>36</v>
       </c>
       <c r="I337" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" s="1">
         <v>46070.0</v>
       </c>
       <c r="B338" t="s">
         <v>50</v>
       </c>
       <c r="D338" s="2">
         <v>0.375</v>
       </c>
       <c r="E338" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F338" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G338" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H338" t="s">
         <v>32</v>
       </c>
       <c r="I338" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" s="1">
         <v>46070.0</v>
       </c>
       <c r="B339" t="s">
         <v>50</v>
       </c>
       <c r="D339" s="2">
         <v>0.42013888888889</v>
       </c>
       <c r="E339" s="2">
         <v>0.46180555555556</v>
       </c>
       <c r="F339" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G339" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H339" t="s">
         <v>32</v>
       </c>
       <c r="I339" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" s="1">
         <v>46071.0</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="D340" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E340" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F340" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="G340" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H340" t="s">
         <v>36</v>
       </c>
       <c r="I340" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" s="1">
         <v>46072.0</v>
       </c>
       <c r="B341" t="s">
         <v>14</v>
       </c>
       <c r="D341" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E341" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F341" t="s">
+        <v>68</v>
+      </c>
+      <c r="G341" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="H341" t="s">
         <v>39</v>
       </c>
       <c r="I341" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" s="1">
         <v>46076.0</v>
       </c>
       <c r="B342" t="s">
         <v>30</v>
       </c>
       <c r="D342" s="2">
         <v>0.375</v>
       </c>
       <c r="E342" s="2">
         <v>0.5</v>
       </c>
       <c r="F342" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G342" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H342" t="s">
         <v>52</v>
       </c>
       <c r="I342" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" s="1">
         <v>46077.0</v>
       </c>
       <c r="B343" t="s">
         <v>50</v>
       </c>
       <c r="D343" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E343" s="2">
-        <v>0.5</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F343" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G343" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H343" t="s">
         <v>34</v>
       </c>
       <c r="I343" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>