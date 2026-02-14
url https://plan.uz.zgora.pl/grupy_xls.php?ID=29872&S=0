--- v0 (2025-11-12)
+++ v1 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -195,50 +195,65 @@
     <t>Fonetyka (K)</t>
   </si>
   <si>
     <t>mgr Peter Preston</t>
   </si>
   <si>
     <t>Kompetencje cyfrowe w pracy anglisty (L)</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>mgr Paulina Woźniak-Chojnacka</t>
   </si>
   <si>
     <t>17 A-16</t>
   </si>
   <si>
     <t>mgr Weronika Nawrocka</t>
   </si>
   <si>
     <t>115 A-20</t>
   </si>
   <si>
     <t>9 A-20</t>
+  </si>
+  <si>
+    <t>8 A-16</t>
+  </si>
+  <si>
+    <t>Wstęp do literaturoznawstwa (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Wstęp do językoznawstwa (E)</t>
+  </si>
+  <si>
+    <t>So</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -546,54 +561,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J301"/>
+  <dimension ref="A1:J305"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E301" sqref="E301"/>
+      <selection activeCell="E305" sqref="E305"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5183,269 +5198,269 @@
       </c>
       <c r="E167" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F167" t="s">
         <v>43</v>
       </c>
       <c r="G167" t="s">
         <v>17</v>
       </c>
       <c r="H167" t="s">
         <v>44</v>
       </c>
       <c r="I167" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
         <v>45992.0</v>
       </c>
       <c r="B168" t="s">
         <v>40</v>
       </c>
       <c r="C168" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D168" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E168" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F168" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="G168" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="H168" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="I168" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="1">
         <v>45992.0</v>
       </c>
       <c r="B169" t="s">
         <v>40</v>
       </c>
+      <c r="C169" t="s">
+        <v>10</v>
+      </c>
       <c r="D169" s="2">
-        <v>0.80208333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E169" s="2">
-        <v>0.86458333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F169" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G169" t="s">
         <v>12</v>
       </c>
       <c r="H169" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="I169" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
-        <v>45993.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B170" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="D170" s="2">
-        <v>0.40625</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="E170" s="2">
-        <v>0.46875</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F170" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="G170" t="s">
         <v>12</v>
       </c>
       <c r="H170" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="I170" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>45993.0</v>
       </c>
       <c r="B171" t="s">
         <v>49</v>
       </c>
       <c r="C171" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="D171" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E171" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F171" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G171" t="s">
         <v>12</v>
       </c>
       <c r="H171" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="I171" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
         <v>45993.0</v>
       </c>
       <c r="B172" t="s">
         <v>49</v>
       </c>
       <c r="C172" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D172" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E172" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F172" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="G172" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="H172" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I172" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
         <v>45993.0</v>
       </c>
       <c r="B173" t="s">
         <v>49</v>
       </c>
       <c r="C173" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D173" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E173" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F173" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="G173" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="H173" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I173" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>45993.0</v>
       </c>
       <c r="B174" t="s">
         <v>49</v>
       </c>
       <c r="C174" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D174" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E174" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F174" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="G174" t="s">
         <v>12</v>
       </c>
       <c r="H174" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I174" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="1">
         <v>45993.0</v>
       </c>
       <c r="B175" t="s">
         <v>49</v>
       </c>
       <c r="C175" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D175" s="2">
         <v>0.625</v>
       </c>
       <c r="E175" s="2">
         <v>0.6875</v>
       </c>
       <c r="F175" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="G175" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="H175" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I175" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="1">
         <v>45994.0</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>10</v>
       </c>
       <c r="D176" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E176" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F176" t="s">
         <v>11</v>
       </c>
       <c r="G176" t="s">
         <v>12</v>
       </c>
       <c r="H176" t="s">
@@ -6808,51 +6823,51 @@
       <c r="A226" s="1">
         <v>46029.0</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>50</v>
       </c>
       <c r="D226" s="2">
         <v>0.40625</v>
       </c>
       <c r="E226" s="2">
         <v>0.46875</v>
       </c>
       <c r="F226" t="s">
         <v>51</v>
       </c>
       <c r="G226" t="s">
         <v>12</v>
       </c>
       <c r="H226" t="s">
         <v>33</v>
       </c>
       <c r="I226" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="1">
         <v>46029.0</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>15</v>
       </c>
       <c r="D227" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E227" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F227" t="s">
         <v>52</v>
       </c>
       <c r="G227" t="s">
         <v>12</v>
       </c>
       <c r="H227" t="s">
@@ -8887,50 +8902,154 @@
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" s="1">
         <v>46055.0</v>
       </c>
       <c r="B301" t="s">
         <v>40</v>
       </c>
       <c r="D301" s="2">
         <v>0.80208333333333</v>
       </c>
       <c r="E301" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F301" t="s">
         <v>47</v>
       </c>
       <c r="G301" t="s">
         <v>12</v>
       </c>
       <c r="H301" t="s">
         <v>48</v>
       </c>
       <c r="I301" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="302" spans="1:10">
+      <c r="A302" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B302" t="s">
+        <v>21</v>
+      </c>
+      <c r="D302" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E302" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F302" t="s">
+        <v>62</v>
+      </c>
+      <c r="G302" t="s">
+        <v>63</v>
+      </c>
+      <c r="H302" t="s">
+        <v>42</v>
+      </c>
+      <c r="I302" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="303" spans="1:10">
+      <c r="A303" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B303" t="s">
+        <v>31</v>
+      </c>
+      <c r="D303" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E303" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F303" t="s">
+        <v>64</v>
+      </c>
+      <c r="G303" t="s">
+        <v>63</v>
+      </c>
+      <c r="H303" t="s">
+        <v>36</v>
+      </c>
+      <c r="I303" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="304" spans="1:10">
+      <c r="A304" s="1">
+        <v>46073.0</v>
+      </c>
+      <c r="B304" t="s">
+        <v>31</v>
+      </c>
+      <c r="D304" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E304" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F304" t="s">
+        <v>64</v>
+      </c>
+      <c r="G304" t="s">
+        <v>63</v>
+      </c>
+      <c r="H304" t="s">
+        <v>36</v>
+      </c>
+      <c r="I304" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="305" spans="1:10">
+      <c r="A305" s="1">
+        <v>46074.0</v>
+      </c>
+      <c r="B305" t="s">
+        <v>65</v>
+      </c>
+      <c r="D305" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E305" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F305" t="s">
+        <v>62</v>
+      </c>
+      <c r="G305" t="s">
+        <v>63</v>
+      </c>
+      <c r="H305" t="s">
+        <v>42</v>
+      </c>
+      <c r="I305" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>