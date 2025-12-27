--- v0 (2025-11-12)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -198,50 +198,68 @@
     <t>PNJA1 - Sprawności zintegrowane (K)</t>
   </si>
   <si>
     <t>mgr Leszek Wilczyński</t>
   </si>
   <si>
     <t>108 A-20</t>
   </si>
   <si>
     <t>Kompetencje cyfrowe w pracy anglisty (L)</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>mgr Paulina Woźniak-Chojnacka</t>
   </si>
   <si>
     <t>17 A-16</t>
   </si>
   <si>
     <t>Przedmiot społeczny: Psychologia społeczna/Social science subject: Social psychology (K)</t>
   </si>
   <si>
     <t>dr Paulina Korzeniewska</t>
+  </si>
+  <si>
+    <t>8 A-16</t>
+  </si>
+  <si>
+    <t>Wstęp do literaturoznawstwa (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>A A-16</t>
+  </si>
+  <si>
+    <t>Wstęp do językoznawstwa (E)</t>
+  </si>
+  <si>
+    <t>So</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -549,54 +567,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J406"/>
+  <dimension ref="A1:J410"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E406" sqref="E406"/>
+      <selection activeCell="E410" sqref="E410"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5011,1138 +5029,1138 @@
       </c>
       <c r="E159" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F159" t="s">
         <v>28</v>
       </c>
       <c r="G159" t="s">
         <v>12</v>
       </c>
       <c r="H159" t="s">
         <v>54</v>
       </c>
       <c r="I159" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
         <v>45975.0</v>
       </c>
       <c r="B160" t="s">
         <v>37</v>
       </c>
       <c r="C160" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D160" s="2">
         <v>0.40625</v>
       </c>
       <c r="E160" s="2">
         <v>0.46875</v>
       </c>
       <c r="F160" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="G160" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="H160" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="I160" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
         <v>45975.0</v>
       </c>
       <c r="B161" t="s">
         <v>37</v>
       </c>
       <c r="C161" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D161" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E161" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F161" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="G161" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="H161" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="I161" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>45975.0</v>
       </c>
       <c r="B162" t="s">
         <v>37</v>
       </c>
       <c r="C162" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D162" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E162" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F162" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="G162" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="H162" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="I162" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
         <v>45975.0</v>
       </c>
       <c r="B163" t="s">
         <v>37</v>
       </c>
       <c r="C163" t="s">
         <v>31</v>
       </c>
       <c r="D163" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E163" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F163" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="G163" t="s">
         <v>12</v>
       </c>
       <c r="H163" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="I163" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="1">
         <v>45975.0</v>
       </c>
       <c r="B164" t="s">
         <v>37</v>
       </c>
       <c r="C164" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D164" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E164" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F164" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="G164" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="H164" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="I164" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="1">
         <v>45975.0</v>
       </c>
       <c r="B165" t="s">
         <v>37</v>
       </c>
       <c r="C165" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D165" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E165" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F165" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="G165" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="H165" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="I165" t="s">
-        <v>59</v>
+        <v>30</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
         <v>45975.0</v>
       </c>
       <c r="B166" t="s">
         <v>37</v>
       </c>
       <c r="C166" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D166" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E166" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F166" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="G166" t="s">
         <v>12</v>
       </c>
       <c r="H166" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="I166" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="1">
-        <v>45975.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B167" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D167" s="2">
-        <v>0.625</v>
+        <v>0.40625</v>
       </c>
       <c r="E167" s="2">
-        <v>0.6875</v>
+        <v>0.46875</v>
       </c>
       <c r="F167" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="G167" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H167" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="I167" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
         <v>45978.0</v>
       </c>
       <c r="B168" t="s">
         <v>41</v>
       </c>
       <c r="D168" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E168" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F168" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G168" t="s">
         <v>16</v>
       </c>
       <c r="H168" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="I168" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="1">
         <v>45978.0</v>
       </c>
       <c r="B169" t="s">
         <v>41</v>
       </c>
+      <c r="C169" t="s">
+        <v>10</v>
+      </c>
       <c r="D169" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E169" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F169" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="G169" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H169" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="I169" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
         <v>45978.0</v>
       </c>
       <c r="B170" t="s">
         <v>41</v>
       </c>
       <c r="C170" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="D170" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E170" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F170" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G170" t="s">
         <v>12</v>
       </c>
       <c r="H170" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="I170" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>45978.0</v>
       </c>
       <c r="B171" t="s">
         <v>41</v>
       </c>
       <c r="C171" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="D171" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E171" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F171" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="G171" t="s">
         <v>12</v>
       </c>
       <c r="H171" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="I171" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
         <v>45978.0</v>
       </c>
       <c r="B172" t="s">
         <v>41</v>
       </c>
-      <c r="C172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D172" s="2">
-        <v>0.625</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="E172" s="2">
-        <v>0.6875</v>
+        <v>0.86458333333333</v>
       </c>
       <c r="F172" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="G172" t="s">
         <v>12</v>
       </c>
       <c r="H172" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I172" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
-        <v>45978.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B173" t="s">
-        <v>41</v>
+        <v>52</v>
+      </c>
+      <c r="C173" t="s">
+        <v>31</v>
       </c>
       <c r="D173" s="2">
-        <v>0.80208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E173" s="2">
-        <v>0.86458333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F173" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G173" t="s">
         <v>12</v>
       </c>
       <c r="H173" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I173" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>45979.0</v>
       </c>
       <c r="B174" t="s">
         <v>52</v>
       </c>
       <c r="C174" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D174" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E174" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F174" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="G174" t="s">
         <v>12</v>
       </c>
       <c r="H174" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="I174" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="1">
         <v>45979.0</v>
       </c>
       <c r="B175" t="s">
         <v>52</v>
       </c>
       <c r="C175" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D175" s="2">
-        <v>0.33333333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E175" s="2">
-        <v>0.39583333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F175" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="G175" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="H175" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="I175" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="1">
         <v>45979.0</v>
       </c>
       <c r="B176" t="s">
         <v>52</v>
       </c>
       <c r="C176" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D176" s="2">
         <v>0.40625</v>
       </c>
       <c r="E176" s="2">
         <v>0.46875</v>
       </c>
       <c r="F176" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="G176" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="H176" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="I176" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
         <v>45979.0</v>
       </c>
       <c r="B177" t="s">
         <v>52</v>
       </c>
       <c r="C177" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D177" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E177" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F177" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="G177" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="H177" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="I177" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
         <v>45979.0</v>
       </c>
       <c r="B178" t="s">
         <v>52</v>
       </c>
       <c r="C178" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D178" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E178" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F178" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="G178" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="H178" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="I178" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>45979.0</v>
       </c>
       <c r="B179" t="s">
         <v>52</v>
       </c>
       <c r="C179" t="s">
         <v>31</v>
       </c>
       <c r="D179" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E179" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F179" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="G179" t="s">
         <v>12</v>
       </c>
       <c r="H179" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="I179" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
         <v>45979.0</v>
       </c>
       <c r="B180" t="s">
         <v>52</v>
       </c>
       <c r="C180" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D180" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E180" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F180" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="G180" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="H180" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="I180" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="1">
         <v>45979.0</v>
       </c>
       <c r="B181" t="s">
         <v>52</v>
       </c>
       <c r="C181" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D181" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E181" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F181" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="G181" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="H181" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="I181" t="s">
-        <v>59</v>
+        <v>30</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
         <v>45979.0</v>
       </c>
       <c r="B182" t="s">
         <v>52</v>
       </c>
       <c r="C182" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D182" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E182" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F182" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="G182" t="s">
         <v>12</v>
       </c>
       <c r="H182" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="I182" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
-        <v>45979.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B183" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>10</v>
       </c>
       <c r="D183" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E183" s="2">
-        <v>0.6875</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F183" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="G183" t="s">
         <v>12</v>
       </c>
       <c r="H183" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="I183" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="1">
         <v>45980.0</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
-      <c r="C184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D184" s="2">
-        <v>0.33333333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E184" s="2">
-        <v>0.39583333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F184" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G184" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H184" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I184" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>45980.0</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="D185" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E185" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F185" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G185" t="s">
         <v>16</v>
       </c>
       <c r="H185" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="I185" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>45980.0</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="D186" s="2">
-        <v>0.47916666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E186" s="2">
-        <v>0.54166666666667</v>
+        <v>0.875</v>
       </c>
       <c r="F186" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G186" t="s">
         <v>16</v>
       </c>
-      <c r="H186" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
-        <v>45980.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B187" t="s">
-        <v>9</v>
+        <v>23</v>
+      </c>
+      <c r="C187" t="s">
+        <v>24</v>
       </c>
       <c r="D187" s="2">
-        <v>0.625</v>
+        <v>0.40625</v>
       </c>
       <c r="E187" s="2">
-        <v>0.875</v>
+        <v>0.46875</v>
       </c>
       <c r="F187" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G187" t="s">
-        <v>16</v>
+        <v>12</v>
+      </c>
+      <c r="H187" t="s">
+        <v>26</v>
+      </c>
+      <c r="I187" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="1">
         <v>45981.0</v>
       </c>
       <c r="B188" t="s">
         <v>23</v>
       </c>
       <c r="C188" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D188" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E188" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F188" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G188" t="s">
         <v>12</v>
       </c>
       <c r="H188" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="I188" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
         <v>45981.0</v>
       </c>
       <c r="B189" t="s">
         <v>23</v>
       </c>
       <c r="C189" t="s">
         <v>10</v>
       </c>
       <c r="D189" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E189" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F189" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G189" t="s">
         <v>12</v>
       </c>
       <c r="H189" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="I189" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>45981.0</v>
       </c>
       <c r="B190" t="s">
         <v>23</v>
       </c>
       <c r="C190" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D190" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E190" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F190" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G190" t="s">
         <v>12</v>
       </c>
       <c r="H190" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="I190" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
         <v>45981.0</v>
       </c>
       <c r="B191" t="s">
         <v>23</v>
       </c>
       <c r="C191" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D191" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E191" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F191" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G191" t="s">
         <v>12</v>
       </c>
       <c r="H191" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="I191" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="1">
         <v>45981.0</v>
       </c>
       <c r="B192" t="s">
         <v>23</v>
       </c>
       <c r="C192" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D192" s="2">
         <v>0.625</v>
       </c>
       <c r="E192" s="2">
         <v>0.6875</v>
       </c>
       <c r="F192" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="G192" t="s">
         <v>12</v>
       </c>
       <c r="H192" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I192" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="1">
-        <v>45981.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B193" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D193" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E193" s="2">
-        <v>0.6875</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F193" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="G193" t="s">
         <v>12</v>
       </c>
       <c r="H193" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="I193" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="1">
-        <v>45982.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B194" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D194" s="2">
-        <v>0.33333333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E194" s="2">
-        <v>0.39583333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F194" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="G194" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H194" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="I194" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="1">
         <v>45985.0</v>
       </c>
       <c r="B195" t="s">
         <v>41</v>
       </c>
       <c r="D195" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E195" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F195" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G195" t="s">
         <v>16</v>
       </c>
       <c r="H195" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="I195" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="1">
         <v>45985.0</v>
       </c>
       <c r="B196" t="s">
         <v>41</v>
       </c>
+      <c r="C196" t="s">
+        <v>10</v>
+      </c>
       <c r="D196" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E196" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F196" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="G196" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H196" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="I196" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="1">
         <v>45985.0</v>
       </c>
       <c r="B197" t="s">
         <v>41</v>
       </c>
       <c r="C197" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="D197" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E197" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F197" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G197" t="s">
         <v>12</v>
       </c>
       <c r="H197" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="I197" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="1">
         <v>45985.0</v>
       </c>
       <c r="B198" t="s">
         <v>41</v>
       </c>
       <c r="C198" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="D198" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E198" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F198" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="G198" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="H198" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="I198" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="1">
         <v>45985.0</v>
       </c>
       <c r="B199" t="s">
         <v>41</v>
       </c>
       <c r="C199" t="s">
         <v>24</v>
       </c>
       <c r="D199" s="2">
         <v>0.625</v>
       </c>
       <c r="E199" s="2">
         <v>0.6875</v>
       </c>
       <c r="F199" t="s">
         <v>11</v>
       </c>
       <c r="G199" t="s">
         <v>12</v>
       </c>
       <c r="H199" t="s">
@@ -9128,51 +9146,51 @@
       <c r="A306" s="1">
         <v>46029.0</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
         <v>10</v>
       </c>
       <c r="D306" s="2">
         <v>0.40625</v>
       </c>
       <c r="E306" s="2">
         <v>0.46875</v>
       </c>
       <c r="F306" t="s">
         <v>60</v>
       </c>
       <c r="G306" t="s">
         <v>12</v>
       </c>
       <c r="H306" t="s">
         <v>39</v>
       </c>
       <c r="I306" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" s="1">
         <v>46029.0</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>24</v>
       </c>
       <c r="D307" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E307" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F307" t="s">
         <v>56</v>
       </c>
       <c r="G307" t="s">
         <v>57</v>
       </c>
       <c r="H307" t="s">
@@ -11935,50 +11953,154 @@
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" s="1">
         <v>46055.0</v>
       </c>
       <c r="B406" t="s">
         <v>41</v>
       </c>
       <c r="D406" s="2">
         <v>0.80208333333333</v>
       </c>
       <c r="E406" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F406" t="s">
         <v>50</v>
       </c>
       <c r="G406" t="s">
         <v>12</v>
       </c>
       <c r="H406" t="s">
         <v>51</v>
       </c>
       <c r="I406" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="407" spans="1:10">
+      <c r="A407" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B407" t="s">
+        <v>23</v>
+      </c>
+      <c r="D407" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E407" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F407" t="s">
+        <v>63</v>
+      </c>
+      <c r="G407" t="s">
+        <v>64</v>
+      </c>
+      <c r="H407" t="s">
+        <v>44</v>
+      </c>
+      <c r="I407" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="408" spans="1:10">
+      <c r="A408" s="1">
+        <v>46062.0</v>
+      </c>
+      <c r="B408" t="s">
+        <v>41</v>
+      </c>
+      <c r="D408" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E408" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="F408" t="s">
+        <v>66</v>
+      </c>
+      <c r="G408" t="s">
+        <v>64</v>
+      </c>
+      <c r="H408" t="s">
+        <v>13</v>
+      </c>
+      <c r="I408" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="409" spans="1:10">
+      <c r="A409" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B409" t="s">
+        <v>52</v>
+      </c>
+      <c r="D409" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E409" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="F409" t="s">
+        <v>66</v>
+      </c>
+      <c r="G409" t="s">
+        <v>64</v>
+      </c>
+      <c r="H409" t="s">
+        <v>13</v>
+      </c>
+      <c r="I409" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="410" spans="1:10">
+      <c r="A410" s="1">
+        <v>46074.0</v>
+      </c>
+      <c r="B410" t="s">
+        <v>67</v>
+      </c>
+      <c r="D410" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E410" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F410" t="s">
+        <v>63</v>
+      </c>
+      <c r="G410" t="s">
+        <v>64</v>
+      </c>
+      <c r="H410" t="s">
+        <v>44</v>
+      </c>
+      <c r="I410" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>