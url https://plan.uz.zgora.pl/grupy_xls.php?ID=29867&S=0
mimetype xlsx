--- v0 (2025-12-28)
+++ v1 (2026-03-03)
@@ -522,54 +522,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J126"/>
+  <dimension ref="A1:J125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E126" sqref="E126"/>
+      <selection activeCell="E125" sqref="E125"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3909,76 +3909,50 @@
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
         <v>46073.0</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="D125" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="E125" s="2">
         <v>0.77083333333333</v>
       </c>
       <c r="F125" t="s">
         <v>50</v>
       </c>
       <c r="G125" t="s">
         <v>51</v>
       </c>
       <c r="H125" t="s">
         <v>16</v>
       </c>
       <c r="I125" t="s">
-        <v>17</v>
-[...24 lines deleted...]
-      <c r="I126" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>