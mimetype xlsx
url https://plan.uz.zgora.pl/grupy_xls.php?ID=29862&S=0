--- v0 (2025-10-02)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -87,50 +87,53 @@
     <t>Aula J A-20</t>
   </si>
   <si>
     <t>Po</t>
   </si>
   <si>
     <t>Ancient language: Latin/Język starożytny - łacina (Ć)</t>
   </si>
   <si>
     <t>mgr Janusz Roman</t>
   </si>
   <si>
     <t>203 A-16</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Przedmiot społeczny: Psychologia społeczna/Social science subject: Social psychology (K)</t>
   </si>
   <si>
     <t>Aula I A-20</t>
   </si>
   <si>
     <t>Cz</t>
+  </si>
+  <si>
+    <t>8 A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1608,51 +1611,51 @@
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
         <v>46029.0</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="2">
         <v>0.40625</v>
       </c>
       <c r="E47" s="2">
         <v>0.46875</v>
       </c>
       <c r="F47" t="s">
         <v>22</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>15</v>
       </c>
       <c r="I47" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1">
         <v>46031.0</v>
       </c>
       <c r="B48" t="s">
         <v>12</v>
       </c>
       <c r="D48" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E48" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
         <v>15</v>
       </c>
       <c r="I48" t="s">