--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -156,50 +156,65 @@
     <t>Wt</t>
   </si>
   <si>
     <t>Historia filozofii współczesnej (W)</t>
   </si>
   <si>
     <t>prof. dr hab. Lilianna Kiejzik</t>
   </si>
   <si>
     <t>122 A-20</t>
   </si>
   <si>
     <t>Historia filozofii współczesnej (Ć)</t>
   </si>
   <si>
     <t>116 A-20</t>
   </si>
   <si>
     <t>Etyka (Ć)</t>
   </si>
   <si>
     <t>dr Tomasz Turowski</t>
   </si>
   <si>
     <t>106 A-20</t>
+  </si>
+  <si>
+    <t>108 A-20</t>
+  </si>
+  <si>
+    <t>Historia filozofii współczesnej (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Etyka (E)</t>
+  </si>
+  <si>
+    <t>222 A-20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -507,54 +522,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J181"/>
+  <dimension ref="A1:J185"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E181" sqref="E181"/>
+      <selection activeCell="E185" sqref="E185"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2139,51 +2154,51 @@
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>45966.0</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E62" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62" t="s">
         <v>11</v>
       </c>
       <c r="H62" t="s">
         <v>12</v>
       </c>
       <c r="I62" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>45966.0</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E63" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>11</v>
       </c>
       <c r="H63" t="s">
         <v>15</v>
       </c>
       <c r="I63" t="s">
@@ -2295,51 +2310,51 @@
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>45973.0</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E68" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F68" t="s">
         <v>10</v>
       </c>
       <c r="G68" t="s">
         <v>11</v>
       </c>
       <c r="H68" t="s">
         <v>12</v>
       </c>
       <c r="I68" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>45973.0</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="D69" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E69" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>11</v>
       </c>
       <c r="H69" t="s">
         <v>15</v>
       </c>
       <c r="I69" t="s">
@@ -2685,51 +2700,51 @@
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
         <v>45980.0</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E83" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F83" t="s">
         <v>10</v>
       </c>
       <c r="G83" t="s">
         <v>11</v>
       </c>
       <c r="H83" t="s">
         <v>12</v>
       </c>
       <c r="I83" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>45980.0</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="D84" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E84" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84" t="s">
         <v>11</v>
       </c>
       <c r="H84" t="s">
         <v>15</v>
       </c>
       <c r="I84" t="s">
@@ -2997,51 +3012,51 @@
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>45987.0</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="D95" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E95" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F95" t="s">
         <v>10</v>
       </c>
       <c r="G95" t="s">
         <v>11</v>
       </c>
       <c r="H95" t="s">
         <v>12</v>
       </c>
       <c r="I95" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
         <v>45987.0</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="D96" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E96" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F96" t="s">
         <v>14</v>
       </c>
       <c r="G96" t="s">
         <v>11</v>
       </c>
       <c r="H96" t="s">
         <v>15</v>
       </c>
       <c r="I96" t="s">
@@ -3309,51 +3324,51 @@
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>45994.0</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="D107" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E107" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F107" t="s">
         <v>10</v>
       </c>
       <c r="G107" t="s">
         <v>11</v>
       </c>
       <c r="H107" t="s">
         <v>12</v>
       </c>
       <c r="I107" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>45994.0</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="D108" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E108" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F108" t="s">
         <v>14</v>
       </c>
       <c r="G108" t="s">
         <v>11</v>
       </c>
       <c r="H108" t="s">
         <v>15</v>
       </c>
       <c r="I108" t="s">
@@ -3621,51 +3636,51 @@
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>46001.0</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="D119" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E119" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F119" t="s">
         <v>10</v>
       </c>
       <c r="G119" t="s">
         <v>11</v>
       </c>
       <c r="H119" t="s">
         <v>12</v>
       </c>
       <c r="I119" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
         <v>46001.0</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="D120" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E120" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F120" t="s">
         <v>14</v>
       </c>
       <c r="G120" t="s">
         <v>11</v>
       </c>
       <c r="H120" t="s">
         <v>15</v>
       </c>
       <c r="I120" t="s">
@@ -3918,66 +3933,66 @@
       </c>
       <c r="E130" s="2">
         <v>0.86458333333333</v>
       </c>
       <c r="F130" t="s">
         <v>45</v>
       </c>
       <c r="G130" t="s">
         <v>11</v>
       </c>
       <c r="H130" t="s">
         <v>46</v>
       </c>
       <c r="I130" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>46008.0</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="D131" s="2">
-        <v>0.66666666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E131" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F131" t="s">
         <v>10</v>
       </c>
       <c r="G131" t="s">
         <v>11</v>
       </c>
       <c r="H131" t="s">
         <v>12</v>
       </c>
       <c r="I131" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>46008.0</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="D132" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E132" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F132" t="s">
         <v>14</v>
       </c>
       <c r="G132" t="s">
         <v>11</v>
       </c>
       <c r="H132" t="s">
         <v>15</v>
       </c>
       <c r="I132" t="s">
@@ -4401,51 +4416,51 @@
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
         <v>46036.0</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="D149" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E149" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F149" t="s">
         <v>10</v>
       </c>
       <c r="G149" t="s">
         <v>11</v>
       </c>
       <c r="H149" t="s">
         <v>12</v>
       </c>
       <c r="I149" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>46036.0</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="D150" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E150" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F150" t="s">
         <v>14</v>
       </c>
       <c r="G150" t="s">
         <v>11</v>
       </c>
       <c r="H150" t="s">
         <v>15</v>
       </c>
       <c r="I150" t="s">
@@ -4557,51 +4572,51 @@
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
         <v>46041.0</v>
       </c>
       <c r="B155" t="s">
         <v>31</v>
       </c>
       <c r="D155" s="2">
         <v>0.5625</v>
       </c>
       <c r="E155" s="2">
         <v>0.625</v>
       </c>
       <c r="F155" t="s">
         <v>28</v>
       </c>
       <c r="G155" t="s">
         <v>11</v>
       </c>
       <c r="H155" t="s">
         <v>29</v>
       </c>
       <c r="I155" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
         <v>46041.0</v>
       </c>
       <c r="B156" t="s">
         <v>31</v>
       </c>
       <c r="D156" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E156" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F156" t="s">
         <v>32</v>
       </c>
       <c r="G156" t="s">
         <v>11</v>
       </c>
       <c r="H156" t="s">
         <v>33</v>
       </c>
       <c r="I156" t="s">
@@ -4713,51 +4728,51 @@
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
         <v>46043.0</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="D161" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E161" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F161" t="s">
         <v>10</v>
       </c>
       <c r="G161" t="s">
         <v>11</v>
       </c>
       <c r="H161" t="s">
         <v>12</v>
       </c>
       <c r="I161" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>46043.0</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="D162" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E162" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F162" t="s">
         <v>14</v>
       </c>
       <c r="G162" t="s">
         <v>11</v>
       </c>
       <c r="H162" t="s">
         <v>15</v>
       </c>
       <c r="I162" t="s">
@@ -5025,51 +5040,51 @@
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
         <v>46050.0</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="D173" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E173" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F173" t="s">
         <v>10</v>
       </c>
       <c r="G173" t="s">
         <v>11</v>
       </c>
       <c r="H173" t="s">
         <v>12</v>
       </c>
       <c r="I173" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>46050.0</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="D174" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E174" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F174" t="s">
         <v>14</v>
       </c>
       <c r="G174" t="s">
         <v>11</v>
       </c>
       <c r="H174" t="s">
         <v>15</v>
       </c>
       <c r="I174" t="s">
@@ -5234,50 +5249,154 @@
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="1">
         <v>46055.0</v>
       </c>
       <c r="B181" t="s">
         <v>31</v>
       </c>
       <c r="D181" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="E181" s="2">
         <v>0.79861111111111</v>
       </c>
       <c r="F181" t="s">
         <v>35</v>
       </c>
       <c r="G181" t="s">
         <v>11</v>
       </c>
       <c r="H181" t="s">
         <v>36</v>
       </c>
       <c r="I181" t="s">
         <v>16</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10">
+      <c r="A182" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B182" t="s">
+        <v>39</v>
+      </c>
+      <c r="D182" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E182" s="2">
+        <v>0.72916666666667</v>
+      </c>
+      <c r="F182" t="s">
+        <v>49</v>
+      </c>
+      <c r="G182" t="s">
+        <v>50</v>
+      </c>
+      <c r="H182" t="s">
+        <v>41</v>
+      </c>
+      <c r="I182" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10">
+      <c r="A183" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B183" t="s">
+        <v>17</v>
+      </c>
+      <c r="D183" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E183" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="F183" t="s">
+        <v>51</v>
+      </c>
+      <c r="G183" t="s">
+        <v>50</v>
+      </c>
+      <c r="H183" t="s">
+        <v>12</v>
+      </c>
+      <c r="I183" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10">
+      <c r="A184" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B184" t="s">
+        <v>39</v>
+      </c>
+      <c r="D184" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E184" s="2">
+        <v>0.72916666666667</v>
+      </c>
+      <c r="F184" t="s">
+        <v>49</v>
+      </c>
+      <c r="G184" t="s">
+        <v>50</v>
+      </c>
+      <c r="H184" t="s">
+        <v>41</v>
+      </c>
+      <c r="I184" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10">
+      <c r="A185" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B185" t="s">
+        <v>39</v>
+      </c>
+      <c r="D185" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E185" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="F185" t="s">
+        <v>51</v>
+      </c>
+      <c r="G185" t="s">
+        <v>50</v>
+      </c>
+      <c r="H185" t="s">
+        <v>12</v>
+      </c>
+      <c r="I185" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>